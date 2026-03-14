--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/147/projeto_de_lei_001_-_13.04.17_-_ldo_2018.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/147/projeto_de_lei_001_-_13.04.17_-_ldo_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2018 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/143/projeto_de_lei_004.2017_-_ldo_2018_alteracao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/143/projeto_de_lei_004.2017_-_ldo_2018_alteracao.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1204/2017, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE BENEVIDES PARA 2018 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/144/projeto_de_lei_005.2017_-_ppa.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/144/projeto_de_lei_005.2017_-_ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE BENEVIDES PARA O PERÍODO DE 2018-2021.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/150/projeto_de_lei_006.2017_-_loa_2018.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/150/projeto_de_lei_006.2017_-_loa_2018.compressed.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BENEVIDES, ESTADO DO PARÁ, PARA O EXERCÍCIO 2018.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/146/projeto_de_lei_008.2017_-_fundo_municipal_do_transporte_e_trans.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/146/projeto_de_lei_008.2017_-_fundo_municipal_do_transporte_e_trans.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRANSPORTE E TRÂNSITO DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/149/projeto_de_lei_010.2017_-_residuos_solidos.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/149/projeto_de_lei_010.2017_-_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE RESÍDUOS SÓLIDOS, ESTABELECE NORMAS E DIRETRIZES PARA GESTÃO INTEGRADA DOS RESÍDUOS SÓLIDOS URBANOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/151/projeto_de_lei_011.2017_-_alteracao_da_lei_1.158_-_ctm.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/151/projeto_de_lei_011.2017_-_alteracao_da_lei_1.158_-_ctm.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI Nº 1.158, DE 23 DE SETEMBRO DE 2015 - CÓDIGO TRIBUTÁRIO MUNICIPAL (CTM) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/152/projeto_de_lei_012.2017_-_institui_o_sistema_simase.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/152/projeto_de_lei_012.2017_-_institui_o_sistema_simase.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO -SIMASE, NAS MODALIDADES DE MEDIDAS SOCIOEDUCATIVAS DE LIBERDADE ASSISTIDA E DE PRESTAÇÃO DE SERVIÇOS À COMUNIDADE, DESTINADO A ADOLESCENTE QUE PRATIQUE ATO INFRACIONAL NO MUNICÍPIO DE BENEVIDES/PA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/153/projeto_de_lei_013.2017_-_alteracao_na_lei_no_1.100.13.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/153/projeto_de_lei_013.2017_-_alteracao_na_lei_no_1.100.13.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÕES NA LEI MUNICIPAL Nº 1.100/13 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Legislativo)</t>
   </si>
   <si>
     <t>Edivana Lima</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/157/projeto_de_lei_no_001-2017-_ver._edivana_-_dia_do_lions_clube.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/157/projeto_de_lei_no_001-2017-_ver._edivana_-_dia_do_lions_clube.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA 14 DE MARÇO COMO O DIA MUNICIPAL DO LIONS CLUBE.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/155/projeto_de_lei_no_002-2017-_ver._simao_nomenclatura_da_praca_localizada_av._augusto_meira_filho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/155/projeto_de_lei_no_002-2017-_ver._simao_nomenclatura_da_praca_localizada_av._augusto_meira_filho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRAÇA PÚBLICA, SEM NOMECLATURA OFICIAL, LOCALIZADA NA RODOVIA AUGUSTO MEIRA FILHO COMA RUA DA CONSTITUIÇÃO, DE PRAÇA DA JUVENTUDE, MULTICULTURAL "MARINALDO DIAS PAULA" E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/156/projeto_de_lei_no_003-2017-_ver._fredson_oliveira_-_utilidade_publica.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/156/projeto_de_lei_no_003-2017-_ver._fredson_oliveira_-_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>QUE DECLARA DE UTILIDADE PUBLICA A INSTITUIÇÃO ADVENTISTA DE EDUCAÇÃO E ASSISTÊNCIA SOCIAL NORTE BRASILEIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Francisca Nica</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/158/projeto_de_lei_no_004_-_2017__ver._francisca._dia_municipal_do_brincar.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/158/projeto_de_lei_no_004_-_2017__ver._francisca._dia_municipal_do_brincar.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI O DIA MUNICIPAL DO BRINCAR NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Paulo Lobato</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/159/projeto_de_lei_no_005-2017-_ver._paulo_lobato_-_nomenclatura_escola.._1.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/159/projeto_de_lei_no_005-2017-_ver._paulo_lobato_-_nomenclatura_escola.._1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO OFICIAL DA UNIDADE MUNICIPAL DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/160/projeto_de_lei_no_007-2017_ver._francisca._semana__municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/160/projeto_de_lei_no_007-2017_ver._francisca._semana__municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI A SEMANA MUNICIPAL DO MEIO AMBIENTE NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/161/projeto_de_lei_no_008-2917-_ver._edivana_cria_programa_e_semana_da_cultura.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/161/projeto_de_lei_no_008-2917-_ver._edivana_cria_programa_e_semana_da_cultura.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE RESGATE, VALORIZAÇÃO E PRESERVAÇÃO DA CULTURA MUNICIPAL DE BENEVIDES E CRIA A SEMANA MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ivaneide Valadares</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/162/projeto_de_lei_no_009-2017_ver._ivaneide_denominacao_de_escola_creche_izaura_de_queiroz_da_silva.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/162/projeto_de_lei_no_009-2017_ver._ivaneide_denominacao_de_escola_creche_izaura_de_queiroz_da_silva.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OFICIALIZAÇÃO DA NOMECLATURA DA ESCOLA CRECHE DO DISTRITO DE SANTA MARIA "IZAURA QUEIROZ DA SILVA", E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Ademar Figueiredo, DR. LUIZ, Edivana Lima, Francisca Nica, Ivaneide Valadares, Ortega, Paulo Lobato, Professor Fredson, SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/163/projeto_de_lei_no_010-2017_denominacao_do_museu_historico.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/163/projeto_de_lei_no_010-2017_denominacao_do_museu_historico.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A DENOMINAÇÃO DE "JOSÉ LEÔNCIO FERREIRA DE SIQUEIRA" A CASA DA MEMÓRIA DE BENEVIDES - MUSEU MUNICIPAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/164/projeto_de_lei_no_011-2017-ver.francisca_-_dia_municipal_do_agente__comunitario_saude_de_benevides.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/164/projeto_de_lei_no_011-2017-ver.francisca_-_dia_municipal_do_agente__comunitario_saude_de_benevides.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI O DIA MUNICIPAL DO AGENTE COMUNITÁRIO DE SAÚDE DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Ortega</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/165/projeto_de_lei_no_012-2017_ver._ortega_-_pet_amigo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/165/projeto_de_lei_no_012-2017_ver._ortega_-_pet_amigo.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PET AMIGO PARA ATENDIMENTO MÉDICO-VETERINÁRIO GRATUITO DE ANIMAIS DOMÉSTICOS NO ÂMBITO DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/166/projeto_de_lei_no_013-2017-_vera._ivaneide-feira_de_artesanato.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/166/projeto_de_lei_no_013-2017-_vera._ivaneide-feira_de_artesanato.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE O FUNCIONAMENTO DAS FEIRAS DE ARTE E ARTESANATO NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/167/projeto_de_lei_no_014-2017-_semana_municipal_do_educador.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/167/projeto_de_lei_no_014-2017-_semana_municipal_do_educador.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE VALORIZAÇÃO DO EDUCADOR, COM INÍCIO DO DIA 15 DE OUTUBRO DE CADA ANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/168/projeto_de_lei_no_015-2017_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/168/projeto_de_lei_no_015-2017_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ORÇAMENTO CIDADÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/169/projeto_de_lei_no_016_pl_lei_de_acesso_a_informacao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/169/projeto_de_lei_no_016_pl_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO À INFORMAÇÃO PREVISTO NO INCISO XXXIII, DO CAPUT, DO ART. 5° NO INCISO II, DO § 3°, DO ART. 37 E NO § 2°, DO ART. 216, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -684,68 +684,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/147/projeto_de_lei_001_-_13.04.17_-_ldo_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/143/projeto_de_lei_004.2017_-_ldo_2018_alteracao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/144/projeto_de_lei_005.2017_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/150/projeto_de_lei_006.2017_-_loa_2018.compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/146/projeto_de_lei_008.2017_-_fundo_municipal_do_transporte_e_trans.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/149/projeto_de_lei_010.2017_-_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/151/projeto_de_lei_011.2017_-_alteracao_da_lei_1.158_-_ctm.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/152/projeto_de_lei_012.2017_-_institui_o_sistema_simase.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/153/projeto_de_lei_013.2017_-_alteracao_na_lei_no_1.100.13.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/157/projeto_de_lei_no_001-2017-_ver._edivana_-_dia_do_lions_clube.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/155/projeto_de_lei_no_002-2017-_ver._simao_nomenclatura_da_praca_localizada_av._augusto_meira_filho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/156/projeto_de_lei_no_003-2017-_ver._fredson_oliveira_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/158/projeto_de_lei_no_004_-_2017__ver._francisca._dia_municipal_do_brincar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/159/projeto_de_lei_no_005-2017-_ver._paulo_lobato_-_nomenclatura_escola.._1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/160/projeto_de_lei_no_007-2017_ver._francisca._semana__municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/161/projeto_de_lei_no_008-2917-_ver._edivana_cria_programa_e_semana_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/162/projeto_de_lei_no_009-2017_ver._ivaneide_denominacao_de_escola_creche_izaura_de_queiroz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/163/projeto_de_lei_no_010-2017_denominacao_do_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/164/projeto_de_lei_no_011-2017-ver.francisca_-_dia_municipal_do_agente__comunitario_saude_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/165/projeto_de_lei_no_012-2017_ver._ortega_-_pet_amigo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/166/projeto_de_lei_no_013-2017-_vera._ivaneide-feira_de_artesanato.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/167/projeto_de_lei_no_014-2017-_semana_municipal_do_educador.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/168/projeto_de_lei_no_015-2017_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/169/projeto_de_lei_no_016_pl_lei_de_acesso_a_informacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/147/projeto_de_lei_001_-_13.04.17_-_ldo_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/143/projeto_de_lei_004.2017_-_ldo_2018_alteracao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/144/projeto_de_lei_005.2017_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/150/projeto_de_lei_006.2017_-_loa_2018.compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/146/projeto_de_lei_008.2017_-_fundo_municipal_do_transporte_e_trans.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/149/projeto_de_lei_010.2017_-_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/151/projeto_de_lei_011.2017_-_alteracao_da_lei_1.158_-_ctm.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/152/projeto_de_lei_012.2017_-_institui_o_sistema_simase.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/153/projeto_de_lei_013.2017_-_alteracao_na_lei_no_1.100.13.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/157/projeto_de_lei_no_001-2017-_ver._edivana_-_dia_do_lions_clube.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/155/projeto_de_lei_no_002-2017-_ver._simao_nomenclatura_da_praca_localizada_av._augusto_meira_filho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/156/projeto_de_lei_no_003-2017-_ver._fredson_oliveira_-_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/158/projeto_de_lei_no_004_-_2017__ver._francisca._dia_municipal_do_brincar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/159/projeto_de_lei_no_005-2017-_ver._paulo_lobato_-_nomenclatura_escola.._1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/160/projeto_de_lei_no_007-2017_ver._francisca._semana__municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/161/projeto_de_lei_no_008-2917-_ver._edivana_cria_programa_e_semana_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/162/projeto_de_lei_no_009-2017_ver._ivaneide_denominacao_de_escola_creche_izaura_de_queiroz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/163/projeto_de_lei_no_010-2017_denominacao_do_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/164/projeto_de_lei_no_011-2017-ver.francisca_-_dia_municipal_do_agente__comunitario_saude_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/165/projeto_de_lei_no_012-2017_ver._ortega_-_pet_amigo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/166/projeto_de_lei_no_013-2017-_vera._ivaneide-feira_de_artesanato.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/167/projeto_de_lei_no_014-2017-_semana_municipal_do_educador.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/168/projeto_de_lei_no_015-2017_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2017/169/projeto_de_lei_no_016_pl_lei_de_acesso_a_informacao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="121.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>