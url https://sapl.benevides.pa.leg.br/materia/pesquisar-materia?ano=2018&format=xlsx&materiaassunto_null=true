--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,489 +54,489 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_016.2018.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_016.2018.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÕES NA LEI MUNICIPAL N° 1.100/13 E DÁ  OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_017.2018_-_ldo_2019.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_017.2018_-_ldo_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de__lei_023_-_alteracao_da_lei_1.240_-_politica_de_desenvo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de__lei_023_-_alteracao_da_lei_1.240_-_politica_de_desenvo.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÕES NA LEI MUNICIPAL N°1240/18 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_018_-14.08.18_-_tratamento_diferenciado_mei_e_ep.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_018_-14.08.18_-_tratamento_diferenciado_mei_e_ep.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE BENEVIDES, O TRATAMENTO DIFERENCIADO E FAVORECIDO AO MICROEMPREENDEDOR INDIVIDUAL, ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATA A LEI COMPLEMENTAR FEDERAL N°123, DE 14 DE DEZEMBRO DE 2006, E SUAS ALTERAÇÕES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Legislativo)</t>
   </si>
   <si>
     <t>Francisca Nica</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/120/projeto_de_lei__no__018_-_2018-____ver.francisca_-_nomenclatura_usf_-_liberdade.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/120/projeto_de_lei__no__018_-_2018-____ver.francisca_-_nomenclatura_usf_-_liberdade.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE FAMILIAR DA LIBERDADE ANTÔNIO HENRIQUE" LOCALIZADO NO BAIRRO DA LIBERDADE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/121/projeto_de_lei__no_019-_2018-____ver.francisca_-_nomenclatura_usf_-_santos_dumont_i_ii.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/121/projeto_de_lei__no_019-_2018-____ver.francisca_-_nomenclatura_usf_-_santos_dumont_i_ii.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE FAMILIAR SANTOS DUMONT - I II CARLOS ROBERTO MENDES DE SOUZA" LOCALIZADO NO BAIRRO DO SANTOS DUMONT E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/122/projeto_de_lei_no_020-_2018_-_ver.francisca_-_nomenclatura_posto_de_saude_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/122/projeto_de_lei_no_020-_2018_-_ver.francisca_-_nomenclatura_posto_de_saude_taiassui.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA POSTO DE SAÚDE DE TAIASSUÍ ANTÔNIO DE JESUS, LOCALIZADO NA ESTRADA DO TAIASSUÍ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/123/projeto_de_lei__no_021-_2018-____ver.francisca_-_nomenclatura_usf_-_canutama.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/123/projeto_de_lei__no_021-_2018-____ver.francisca_-_nomenclatura_usf_-_canutama.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE DA FAMÍLIA CANUTAMA MARIA IRANILDE NUNES DA SILVA" LOCALIZADO NO BAIRRO DE CANUTAMA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/124/projeto_de_lei__no_022-_2018_-___ver.francisca_-_nomenclatura_usf_-_cohab.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/124/projeto_de_lei__no_022-_2018_-___ver.francisca_-_nomenclatura_usf_-_cohab.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE FAMILIAR COHAB BRENNO WESLLWY MARTINS AMORIM". LOCALIZADO NO CONJUNTO HABITACIONAL JARDINS DAS JURITIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/125/projeto_de_lei__no_023-2018-____ver.francisca_-_nomenclatura_usf_-_flores.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/125/projeto_de_lei__no_023-2018-____ver.francisca_-_nomenclatura_usf_-_flores.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE FAMILIAR DO BAIRRO DAS FLORES RAIMUNDO CONCEIÇÃO DE JESUS" LOCALIZADO NO BAIRRO DAS FLORES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/126/projeto_de_lei__no_024-_2018-____ver.francisca_-_nomenclatura_usf_-_medice.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/126/projeto_de_lei__no_024-_2018-____ver.francisca_-_nomenclatura_usf_-_medice.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "UNIDADE DE SAÚDE DA FAMÍLIA MEDICE LUIS FELIPE DE PAULA GÓES SODRÉ" LOCALIZADO NO BAIRRO PRESIDENTE MEDFICE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/127/projeto_de_lei__no_025-2018-____ver.francisca_-_nomenclatura_cras__flores.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/127/projeto_de_lei__no_025-2018-____ver.francisca_-_nomenclatura_cras__flores.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA "CRAS FLORES ANTÔNIO CARLOS FREIRE DE LIMA" O CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL DO BAIRRO DAS FLORES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Ortega</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/130/projeto_de_lei_no_026-2018_ver._ortega_-nomenclatura_de_praca.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/130/projeto_de_lei_no_026-2018_ver._ortega_-nomenclatura_de_praca.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI NOMECLATURA DA QUADRA DE ESPORTES DO BAIRRO INDEPENDENTE DE "EDIMAURO RAMOS DE FARIA" E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/128/projeto_de_lei_no_027_2018_-_ver.francisca_-_nomemclatura_-__estrada_do_taiassui_ciro_farias_da_silva.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/128/projeto_de_lei_no_027_2018_-_ver.francisca_-_nomemclatura_-__estrada_do_taiassui_ciro_farias_da_silva.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA DE ESTRADA DO TAIASSUÍ CIRO FARIAS DA SILVA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/129/projeto_de_lei__no_028_-2018-____ver.francisca_-_nomenclatura_-__escola_municipal_jose_leoncio_ferreira_de_siqueira.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/129/projeto_de_lei__no_028_-2018-____ver.francisca_-_nomenclatura_-__escola_municipal_jose_leoncio_ferreira_de_siqueira.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA DA "ESCOLA MUNICIPAL JOSÉ LEÔNCIO FERREIRA DE SIQUEIRA", DO BAIRRO NOVO BRASIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Edivana Lima</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/131/projeto_de_lei_031-2018_-_ver._edivana_lima_-_sancoes_administrativas_28-03-2018.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/131/projeto_de_lei_031-2018_-_ver._edivana_lima_-_sancoes_administrativas_28-03-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SANÇÕES ADMINISTRATIVAS EM FACE DA PESSOA FÍSICA OU JURÍDICA QUE VENHA SE ENVOLVER EM IRREGULARIDADES NA VENDA DE GÊNEROS ALIMENTÍCIOS DESTINADOS A MERENDA ESCOLAR NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/132/projeto_de_lei_032-2018_-_ver._edivana_lima_-_constituicao_brasileira_28-03-2018.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/132/projeto_de_lei_032-2018_-_ver._edivana_lima_-_constituicao_brasileira_28-03-2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE PROJETOS EDUCACIONAIS SOBRE A CONSTITUIÇÃO BRASILEIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/134/projeto_de_lei__no_035__-2018-____ver.francisca_-_nomenclatura_-__posto_de_saude_de_paricatuba.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/134/projeto_de_lei__no_035__-2018-____ver.francisca_-_nomenclatura_-__posto_de_saude_de_paricatuba.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOVA NOMECLATURA DO POSTO DE SAÚDE DE PARICATUBA, QUE SE DENOMINARÁ POSTO DE SAÚDE DE PARICATUBA EDINO CRAVO VALENTE, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Ivaneide Valadares</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/135/projeto_de_lei_no_036-2018_combate_a_obesidade_infantil-_vera_ivaneide.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/135/projeto_de_lei_no_036-2018_combate_a_obesidade_infantil-_vera_ivaneide.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE COMBATE A OBESIDADE INFANTIL E NA TERCEIRA IDADE, O DIA "D" NO MÊS DE MAIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/136/projeto_de_lei__no_037-2018_ver.francisca_-_nomenclatura__unidade_de_saude_da_familia_maguari_19-04-18.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/136/projeto_de_lei__no_037-2018_ver.francisca_-_nomenclatura__unidade_de_saude_da_familia_maguari_19-04-18.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOVA NOMECLATURA "UNIDADE DE SAÚDE DA FAMÍLIA MAGUARI QUE SE DENOMINARÁ UNIDADE DE SAÚDE DA FAMÍLIA MAGUARI TEOTÔNIO JOSÉ BARBALHO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/137/projeto_de_lei_038-2018_ver._edivana_lima_-_transicao_de_governo_02-05-18.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/137/projeto_de_lei_038-2018_ver._edivana_lima_-_transicao_de_governo_02-05-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE TRANSIÇÃO NO GOVERNO MUNICIPAL, A INSTITUIÇÃO DE EQUIPE DE TRANSIÇÃO PELO CANDIDATO ELEITO PARA O CARGO DE PREFEITO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/138/projeto_de_lei__no_039_-_2018__-____ver.francisca_-_semana_municipal_de_prevencao_a_acidentes_no_transito.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/138/projeto_de_lei__no_039_-_2018__-____ver.francisca_-_semana_municipal_de_prevencao_a_acidentes_no_transito.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A SEMANA MUNICIPAL DE PREVENÇÃO E COMBATE À VIOLÊNCIA NO TRÂNSITO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/139/projeto_de_lei__no_40_-_2018_-____ver.francisca_-_nomenclatura_usf_santa_maria_raimundo_conceicao__2.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/139/projeto_de_lei__no_40_-_2018_-____ver.francisca_-_nomenclatura_usf_santa_maria_raimundo_conceicao__2.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA DA UNIDADE DE SAÚDE DA FAMÍLIA- USF- SANTA MARIA - RAIMUNDO CONCEIÇÃO DA SILVA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/140/projeto_de_lei__no_041_-_2018-____ver.francisca_-_nomenclatura__usf_centro-__francisco_batista_nascimento.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/140/projeto_de_lei__no_041_-_2018-____ver.francisca_-_nomenclatura__usf_centro-__francisco_batista_nascimento.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA DA UNIDADE DE SAÚDE DA FAMÍLIA BENEVIDES CENTRO: FRANCISCO BATISTA DO NASCIMENTO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/141/projeto_de_lei_no_043-2018_ver._ivaneide_valadares_nomenclatura.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/141/projeto_de_lei_no_043-2018_ver._ivaneide_valadares_nomenclatura.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A NOMECLATURA DO POSTO DE SAÚDE DO BAIRRO DA PIÇARREIRA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/133/pl_033-2018_ver._edivana_lima_-_vigilancia_nas_escolas_28-03-18.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/133/pl_033-2018_ver._edivana_lima_-_vigilancia_nas_escolas_28-03-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEGURANÇA E A PROTEÇÃO À INFÂNCIA E À JUVENTUDE NO AMBIENTE EDUCACIONAL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/181/anteprojeto_de_lei_no__001-18_-_politicas_para_os_autistas.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/181/anteprojeto_de_lei_no__001-18_-_politicas_para_os_autistas.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE BENEVIDES, POLÍTICAS PÚBLICAS PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM AUTISMO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/182/anteprojeto_de_lei_no_002-2018__-_ver._edivana_lima_-_primeiros_socorros.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/182/anteprojeto_de_lei_no_002-2018__-_ver._edivana_lima_-_primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>ESTABELECE ÀS ESCOLAS E CRECHES, PÚBLICAS E PARTICULARES, A CAPACITAR SEUS FUNCIONÁRIOS PARA PRESTAR PRIMEIROS SOCORROS NAS CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/183/anteprojeto_de_lei_no_003_-_2018_-_ver_.francisca__iptu_-_desconto_para_quem_cultivar_jardins_nas_residencias.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/183/anteprojeto_de_lei_no_003_-_2018_-_ver_.francisca__iptu_-_desconto_para_quem_cultivar_jardins_nas_residencias.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE DESCONTO NO IPTU PARA RESIDÊNCIAS QUE MANTIVEREM EM FRENTE DAS CASAS, JARDINS E CALÇADAS BEM CUIDADAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/184/anteprojeto_de_lei_no_004_-_2018_-_ver._francisca_-_exames_oftomologicos_e_auditivos_para_os_alunos_das_escolas_publica_municipais.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/184/anteprojeto_de_lei_no_004_-_2018_-_ver._francisca_-_exames_oftomologicos_e_auditivos_para_os_alunos_das_escolas_publica_municipais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS REALIZAÇÃO DE EXAMES OFTAMOLÓGICOS E AUDITIVOS AOS ESTUDANTES MATRICULADOS NA REDE PÚBLICA MUNICIPAL DE ENSINO FUNDAMENTAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ademar Figueiredo</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/185/anteprojeto_de_lei_no_005-2018_-_ver._ademar_figueiredo_-_academia_de_letras_e_artes.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/185/anteprojeto_de_lei_no_005-2018_-_ver._ademar_figueiredo_-_academia_de_letras_e_artes.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ACADEMIA DE LETRAS E ARTES DE BENEVIDES - ALAB E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/186/anteprojeto_de_lei_no_006-2018_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/186/anteprojeto_de_lei_no_006-2018_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ORÇAMENTO CIDADÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Professor Fredson</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/187/anteprojeto_de_lei_no_008-218_-_emenda_ao_codigo_de_postura_-_ver._prof._fredson.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/187/anteprojeto_de_lei_no_008-218_-_emenda_ao_codigo_de_postura_-_ver._prof._fredson.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 97 DA LEI MUNICIPAL N° 470 DE 27 DE DEZEMBRO DE 1977, COM A FINALIDADE DE DISCIPLINAR A INSTALAÇÃO E FUNCIONAMENTO DE GRANJAS OU CONGÊNERES PARA A ATIVIDADE DE CRIAÇÃO DE ANIMAIS, DENTRO DO PERÍMETRO URBANO E NA ZONA RURAL DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/188/anteprojeto_de_lei_no_010_-_2018_-_ver.francisca_-_festival_de_musica_de_benevides.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/188/anteprojeto_de_lei_no_010_-_2018_-_ver.francisca_-_festival_de_musica_de_benevides.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FESTIVAL DE MÚSICA DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/189/anteprojeto_de_lei_no_011-2018_-_ver._francisca_-_concurso_de_musica_estudantil_da_rede_municipal_de_benevides.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/189/anteprojeto_de_lei_no_011-2018_-_ver._francisca_-_concurso_de_musica_estudantil_da_rede_municipal_de_benevides.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONCURSO DE MÚSICA ESTUDANTIL DA REDE MUNICIPAL DE ENSINO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/190/anteprojeto_de_lei_no_033-2018_-_ver._edivana_lima_-_vigilancia_nas_escolas_edivana_lima.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/190/anteprojeto_de_lei_no_033-2018_-_ver._edivana_lima_-_vigilancia_nas_escolas_edivana_lima.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -840,68 +840,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_016.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_017.2018_-_ldo_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de__lei_023_-_alteracao_da_lei_1.240_-_politica_de_desenvo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_018_-14.08.18_-_tratamento_diferenciado_mei_e_ep.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/120/projeto_de_lei__no__018_-_2018-____ver.francisca_-_nomenclatura_usf_-_liberdade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/121/projeto_de_lei__no_019-_2018-____ver.francisca_-_nomenclatura_usf_-_santos_dumont_i_ii.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/122/projeto_de_lei_no_020-_2018_-_ver.francisca_-_nomenclatura_posto_de_saude_taiassui.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/123/projeto_de_lei__no_021-_2018-____ver.francisca_-_nomenclatura_usf_-_canutama.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/124/projeto_de_lei__no_022-_2018_-___ver.francisca_-_nomenclatura_usf_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/125/projeto_de_lei__no_023-2018-____ver.francisca_-_nomenclatura_usf_-_flores.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/126/projeto_de_lei__no_024-_2018-____ver.francisca_-_nomenclatura_usf_-_medice.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/127/projeto_de_lei__no_025-2018-____ver.francisca_-_nomenclatura_cras__flores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/130/projeto_de_lei_no_026-2018_ver._ortega_-nomenclatura_de_praca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/128/projeto_de_lei_no_027_2018_-_ver.francisca_-_nomemclatura_-__estrada_do_taiassui_ciro_farias_da_silva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/129/projeto_de_lei__no_028_-2018-____ver.francisca_-_nomenclatura_-__escola_municipal_jose_leoncio_ferreira_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/131/projeto_de_lei_031-2018_-_ver._edivana_lima_-_sancoes_administrativas_28-03-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/132/projeto_de_lei_032-2018_-_ver._edivana_lima_-_constituicao_brasileira_28-03-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/134/projeto_de_lei__no_035__-2018-____ver.francisca_-_nomenclatura_-__posto_de_saude_de_paricatuba.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/135/projeto_de_lei_no_036-2018_combate_a_obesidade_infantil-_vera_ivaneide.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/136/projeto_de_lei__no_037-2018_ver.francisca_-_nomenclatura__unidade_de_saude_da_familia_maguari_19-04-18.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/137/projeto_de_lei_038-2018_ver._edivana_lima_-_transicao_de_governo_02-05-18.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/138/projeto_de_lei__no_039_-_2018__-____ver.francisca_-_semana_municipal_de_prevencao_a_acidentes_no_transito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/139/projeto_de_lei__no_40_-_2018_-____ver.francisca_-_nomenclatura_usf_santa_maria_raimundo_conceicao__2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/140/projeto_de_lei__no_041_-_2018-____ver.francisca_-_nomenclatura__usf_centro-__francisco_batista_nascimento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/141/projeto_de_lei_no_043-2018_ver._ivaneide_valadares_nomenclatura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/133/pl_033-2018_ver._edivana_lima_-_vigilancia_nas_escolas_28-03-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/181/anteprojeto_de_lei_no__001-18_-_politicas_para_os_autistas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/182/anteprojeto_de_lei_no_002-2018__-_ver._edivana_lima_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/183/anteprojeto_de_lei_no_003_-_2018_-_ver_.francisca__iptu_-_desconto_para_quem_cultivar_jardins_nas_residencias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/184/anteprojeto_de_lei_no_004_-_2018_-_ver._francisca_-_exames_oftomologicos_e_auditivos_para_os_alunos_das_escolas_publica_municipais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/185/anteprojeto_de_lei_no_005-2018_-_ver._ademar_figueiredo_-_academia_de_letras_e_artes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/186/anteprojeto_de_lei_no_006-2018_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/187/anteprojeto_de_lei_no_008-218_-_emenda_ao_codigo_de_postura_-_ver._prof._fredson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/188/anteprojeto_de_lei_no_010_-_2018_-_ver.francisca_-_festival_de_musica_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/189/anteprojeto_de_lei_no_011-2018_-_ver._francisca_-_concurso_de_musica_estudantil_da_rede_municipal_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/190/anteprojeto_de_lei_no_033-2018_-_ver._edivana_lima_-_vigilancia_nas_escolas_edivana_lima.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/28/projeto_de_lei_016.2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/29/projeto_de_lei_017.2018_-_ldo_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/31/projeto_de__lei_023_-_alteracao_da_lei_1.240_-_politica_de_desenvo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/30/projeto_de_lei_018_-14.08.18_-_tratamento_diferenciado_mei_e_ep.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/120/projeto_de_lei__no__018_-_2018-____ver.francisca_-_nomenclatura_usf_-_liberdade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/121/projeto_de_lei__no_019-_2018-____ver.francisca_-_nomenclatura_usf_-_santos_dumont_i_ii.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/122/projeto_de_lei_no_020-_2018_-_ver.francisca_-_nomenclatura_posto_de_saude_taiassui.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/123/projeto_de_lei__no_021-_2018-____ver.francisca_-_nomenclatura_usf_-_canutama.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/124/projeto_de_lei__no_022-_2018_-___ver.francisca_-_nomenclatura_usf_-_cohab.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/125/projeto_de_lei__no_023-2018-____ver.francisca_-_nomenclatura_usf_-_flores.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/126/projeto_de_lei__no_024-_2018-____ver.francisca_-_nomenclatura_usf_-_medice.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/127/projeto_de_lei__no_025-2018-____ver.francisca_-_nomenclatura_cras__flores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/130/projeto_de_lei_no_026-2018_ver._ortega_-nomenclatura_de_praca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/128/projeto_de_lei_no_027_2018_-_ver.francisca_-_nomemclatura_-__estrada_do_taiassui_ciro_farias_da_silva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/129/projeto_de_lei__no_028_-2018-____ver.francisca_-_nomenclatura_-__escola_municipal_jose_leoncio_ferreira_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/131/projeto_de_lei_031-2018_-_ver._edivana_lima_-_sancoes_administrativas_28-03-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/132/projeto_de_lei_032-2018_-_ver._edivana_lima_-_constituicao_brasileira_28-03-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/134/projeto_de_lei__no_035__-2018-____ver.francisca_-_nomenclatura_-__posto_de_saude_de_paricatuba.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/135/projeto_de_lei_no_036-2018_combate_a_obesidade_infantil-_vera_ivaneide.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/136/projeto_de_lei__no_037-2018_ver.francisca_-_nomenclatura__unidade_de_saude_da_familia_maguari_19-04-18.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/137/projeto_de_lei_038-2018_ver._edivana_lima_-_transicao_de_governo_02-05-18.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/138/projeto_de_lei__no_039_-_2018__-____ver.francisca_-_semana_municipal_de_prevencao_a_acidentes_no_transito.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/139/projeto_de_lei__no_40_-_2018_-____ver.francisca_-_nomenclatura_usf_santa_maria_raimundo_conceicao__2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/140/projeto_de_lei__no_041_-_2018-____ver.francisca_-_nomenclatura__usf_centro-__francisco_batista_nascimento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/141/projeto_de_lei_no_043-2018_ver._ivaneide_valadares_nomenclatura.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/133/pl_033-2018_ver._edivana_lima_-_vigilancia_nas_escolas_28-03-18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/181/anteprojeto_de_lei_no__001-18_-_politicas_para_os_autistas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/182/anteprojeto_de_lei_no_002-2018__-_ver._edivana_lima_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/183/anteprojeto_de_lei_no_003_-_2018_-_ver_.francisca__iptu_-_desconto_para_quem_cultivar_jardins_nas_residencias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/184/anteprojeto_de_lei_no_004_-_2018_-_ver._francisca_-_exames_oftomologicos_e_auditivos_para_os_alunos_das_escolas_publica_municipais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/185/anteprojeto_de_lei_no_005-2018_-_ver._ademar_figueiredo_-_academia_de_letras_e_artes.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/186/anteprojeto_de_lei_no_006-2018_-_ver._edivana_lima_-_orcamento_cidadao_pronto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/187/anteprojeto_de_lei_no_008-218_-_emenda_ao_codigo_de_postura_-_ver._prof._fredson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/188/anteprojeto_de_lei_no_010_-_2018_-_ver.francisca_-_festival_de_musica_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/189/anteprojeto_de_lei_no_011-2018_-_ver._francisca_-_concurso_de_musica_estudantil_da_rede_municipal_de_benevides.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2018/190/anteprojeto_de_lei_no_033-2018_-_ver._edivana_lima_-_vigilancia_nas_escolas_edivana_lima.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="201.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="200.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>