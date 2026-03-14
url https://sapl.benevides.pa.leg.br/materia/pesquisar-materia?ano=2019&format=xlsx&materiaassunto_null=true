--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,273 +54,273 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_no_001_05-02-19_criacao_do_comdim.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_no_001_05-02-19_criacao_do_comdim.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA MULHER - COMDIM E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_021_-_2018_-_loa_2019.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_021_-_2018_-_loa_2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BENEVIDES, ESTADO DO PARÁ, PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_n_028-2019.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_n_028-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DA GUARDA MUNICIPAL DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Legislativo)</t>
   </si>
   <si>
     <t>Francisca Nica, Paulo Lobato, SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/112/projeto_de_lei_no_003-2019_-_diario_oficial_do_municipio_31-01-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/112/projeto_de_lei_no_003-2019_-_diario_oficial_do_municipio_31-01-19.pdf</t>
   </si>
   <si>
     <t>ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO PARÁ, INSTITUINDO E ADMINISTRADO PELA FEDERAÇÃO DAS ASSOCIAÇÕES DE MUNICÍPIOS DO ESTADO DO PARÁ (FAMEP), COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE BENEVIDES, ESTADO DO PARÁ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Francisca Nica</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_005-2019_nomenclatura_casa_do_cidadao_03-04-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_005-2019_nomenclatura_casa_do_cidadao_03-04-19.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_006-2019_ver._francisca_-_semana_municipal_do_livro_e_da_leitura_08-05-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_006-2019_ver._francisca_-_semana_municipal_do_livro_e_da_leitura_08-05-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO LIVRO E DA LEITURA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_007-2019_-_ver._simao_feira_da_cultura_municipal_de_benevides_23-05-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_007-2019_-_ver._simao_feira_da_cultura_municipal_de_benevides_23-05-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA DA CULTURA MUNICIPAL DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Professor Fredson</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_008_fredson_empresa_amiga_do_esporte.docx</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_008_fredson_empresa_amiga_do_esporte.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA "EMPRESA AMIGA DO ESPORTE E DO LAZER DO MUNICÍPIO DE BENEVIDES" E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DR. LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_009_-_proibicao_corte_de_energia_eletrica_27-05-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_009_-_proibicao_corte_de_energia_eletrica_27-05-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO CORTE DE FORNECIMENTO DE ENERGIA ELÉTRICA ÁS SEXTA-FEIRAS, SÁBADOS, DOMINGOS, VÉSPERAS E DIAS DE FERIADOS, NO MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_010-_2019_-__ver._francisca_-_semana_municipal_da_matematica_17-05-19.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_010-_2019_-__ver._francisca_-_semana_municipal_da_matematica_17-05-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA MATEMÁTICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Francisca Nica, Paulo Lobato</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_011-2019_-_ver._francisca_ferreira_e_paulo_lobato__noite_das_nacoes_19-06-19_.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_011-2019_-_ver._francisca_ferreira_e_paulo_lobato__noite_das_nacoes_19-06-19_.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOITE DAS NAÇÕES NO MUNICÍPIO DE BENEVIDES, ESTADO DO PARÁ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
     <t>Ortega</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/173/anteprojeto_de_lei_no_002-2019_ver._ortega_-_monitoramento_24h_nas_avenidas.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/173/anteprojeto_de_lei_no_002-2019_ver._ortega_-_monitoramento_24h_nas_avenidas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE MONITORAMENTO POR CÂMERAS DE SEGURANÇA 24 HORAS EM TODAS AS RUAS E AVENIDAS DE GRANDE FLUXO, PRINCIPAIS VIAS DE ENTRADA E SAÍDA, BEM COMO NAS PROXIMIDADES DE TODAS AS ESCOLAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/174/anteprojeto_de_lei_no_005-_2019_-_ver.francisca_-_semana_municipal_da_ciencia_tecnologia_e_inovacao..pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/174/anteprojeto_de_lei_no_005-_2019_-_ver.francisca_-_semana_municipal_da_ciencia_tecnologia_e_inovacao..pdf</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/175/anteprojeto_de_lei_no_006-2019_-_laboratorios_fredson.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/175/anteprojeto_de_lei_no_006-2019_-_laboratorios_fredson.pdf</t>
   </si>
   <si>
     <t>DETERMINA AOS LABORATÓRIOS CONVENIADOS A REDE PÚBLICA A REALIZAR COLETA DE MATERIAIS PARA EXAMES LABORATORIAIS DE IDOSOS OU PESSOAS COM DEFICIÊNCIA EM SUAS RESIDÊNCIAS OU NAS UNIDADES DE SAÚDE MAIS PRÓXIMAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/176/anteprojeto_de_lei_no_007-2019_-_prof._fredson_-_auxilio_transporte_estudantes_universitarios.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/176/anteprojeto_de_lei_no_007-2019_-_prof._fredson_-_auxilio_transporte_estudantes_universitarios.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO TRANSPORTE PARA ESTUDANTES UNIVERSITÁRIOS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/177/anteprojeto_de_lei_no_008-2019_-_ver._fredson_-_forum_da_agua.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/177/anteprojeto_de_lei_no_008-2019_-_ver._fredson_-_forum_da_agua.pdf</t>
   </si>
   <si>
     <t>CRIA "O FORÚM PERMANENTE SOBRE A ÁGUA" NO MUNICÍPIO DE BENEVIDES, ESTADO DO PARÁ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/178/anteprojeto_de_lei_no_009-2019_-_ver._francisca_-_ouvidoria_semdestran.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/178/anteprojeto_de_lei_no_009-2019_-_ver._francisca_-_ouvidoria_semdestran.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA NA SECRETARIA MUNICIPAL DE DEFESA SOCIAL TRANSPORTE E TRÂNSITO - SEMDESTRAN - NO MUNICÍPIO DE BENEVIDES.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/179/anteprojeto_de_lei_no_010-2019_-_ver._simao_vitalino_-_feira_da_cultura_municipal.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/179/anteprojeto_de_lei_no_010-2019_-_ver._simao_vitalino_-_feira_da_cultura_municipal.pdf</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/180/anteprojeto_de_lei_no_013-2019_-_ver._dr._luiz_-_ecoturismo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/180/anteprojeto_de_lei_no_013-2019_-_ver._dr._luiz_-_ecoturismo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE POLOS DE ECOTURISMO NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -627,68 +627,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_no_001_05-02-19_criacao_do_comdim.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_021_-_2018_-_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/112/projeto_de_lei_no_003-2019_-_diario_oficial_do_municipio_31-01-19.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_005-2019_nomenclatura_casa_do_cidadao_03-04-19.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_006-2019_ver._francisca_-_semana_municipal_do_livro_e_da_leitura_08-05-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_007-2019_-_ver._simao_feira_da_cultura_municipal_de_benevides_23-05-19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_008_fredson_empresa_amiga_do_esporte.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_009_-_proibicao_corte_de_energia_eletrica_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_010-_2019_-__ver._francisca_-_semana_municipal_da_matematica_17-05-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_011-2019_-_ver._francisca_ferreira_e_paulo_lobato__noite_das_nacoes_19-06-19_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/173/anteprojeto_de_lei_no_002-2019_ver._ortega_-_monitoramento_24h_nas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/174/anteprojeto_de_lei_no_005-_2019_-_ver.francisca_-_semana_municipal_da_ciencia_tecnologia_e_inovacao..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/175/anteprojeto_de_lei_no_006-2019_-_laboratorios_fredson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/176/anteprojeto_de_lei_no_007-2019_-_prof._fredson_-_auxilio_transporte_estudantes_universitarios.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/177/anteprojeto_de_lei_no_008-2019_-_ver._fredson_-_forum_da_agua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/178/anteprojeto_de_lei_no_009-2019_-_ver._francisca_-_ouvidoria_semdestran.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/179/anteprojeto_de_lei_no_010-2019_-_ver._simao_vitalino_-_feira_da_cultura_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/180/anteprojeto_de_lei_no_013-2019_-_ver._dr._luiz_-_ecoturismo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/25/projeto_de_lei_no_001_05-02-19_criacao_do_comdim.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/26/projeto_de_lei_021_-_2018_-_loa_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/27/projeto_de_lei_n_028-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/112/projeto_de_lei_no_003-2019_-_diario_oficial_do_municipio_31-01-19.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/113/projeto_de_lei_no_005-2019_nomenclatura_casa_do_cidadao_03-04-19.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/114/projeto_de_lei_no_006-2019_ver._francisca_-_semana_municipal_do_livro_e_da_leitura_08-05-19.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei_no_007-2019_-_ver._simao_feira_da_cultura_municipal_de_benevides_23-05-19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/116/projeto_de_lei_no_008_fredson_empresa_amiga_do_esporte.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/117/projeto_de_lei_no_009_-_proibicao_corte_de_energia_eletrica_27-05-19.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/118/projeto_de_lei_no_010-_2019_-__ver._francisca_-_semana_municipal_da_matematica_17-05-19.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/119/projeto_de_lei_no_011-2019_-_ver._francisca_ferreira_e_paulo_lobato__noite_das_nacoes_19-06-19_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/173/anteprojeto_de_lei_no_002-2019_ver._ortega_-_monitoramento_24h_nas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/174/anteprojeto_de_lei_no_005-_2019_-_ver.francisca_-_semana_municipal_da_ciencia_tecnologia_e_inovacao..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/175/anteprojeto_de_lei_no_006-2019_-_laboratorios_fredson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/176/anteprojeto_de_lei_no_007-2019_-_prof._fredson_-_auxilio_transporte_estudantes_universitarios.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/177/anteprojeto_de_lei_no_008-2019_-_ver._fredson_-_forum_da_agua.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/178/anteprojeto_de_lei_no_009-2019_-_ver._francisca_-_ouvidoria_semdestran.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/179/anteprojeto_de_lei_no_010-2019_-_ver._simao_vitalino_-_feira_da_cultura_municipal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2019/180/anteprojeto_de_lei_no_013-2019_-_ver._dr._luiz_-_ecoturismo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="172.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>