--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,1890 +54,1890 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DEJA, DR. LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_005-2021-_iluminacao_publica_comunidade_touro_bravo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_005-2021-_iluminacao_publica_comunidade_touro_bravo.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO O SERVIÇO DE LIMPEZA, ABERTURA DE VALAS, DRENAGEM, TERRAPLANAGEM E REVISÃO DE ILUMINAÇÃO PÚBLICA NA RUA PRINCIPAL E TRAVESSAS DA COMUNIDADE TOURO BRAVO, NO DISTRITO DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PABLO ORTEGA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/263/req._11-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/263/req._11-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DO MURO DA ESCOLA MUNICIPAL MARA BEGOT, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/264/req._12-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/264/req._12-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE TERRAPLANAGEM, DRENAGEM, PAVIMENTAÇÃO ASFÁLTICA, REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA SINALIZAÇÃO DAS VIAS, E A IDENTIFICAÇÃO DAS RUAS COM PLACAS INDICATIVAS, NAS RUAS: QUINZE DE NOVEMBRO, SÃO VICENTE, SÃO TIAGO, SÃO PAULO, SÃO MIGUEL, SÃO BENEDITO, SÃO FRANCISCO, SÃO MANOEL, SÃO MATEUS, SÃO PEDRO, VINTE E UM DE ABRIL E TRAVESSA NOSSA SENHORA DE NAZARÉ, TODAS SITUADAS NO BELO JARDIM II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/265/req._13-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/265/req._13-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE TERRAPLANAGEM, DRENAGEM COM COLOCAÇÃO DE TUBOS, PAVIMENTAÇÃO ASFÁLTICA, REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, NA RUA 1° DE MARÇO (RUA DO FIO) E RUA FÉ EM DEUS, NO TRECHO COMPREENDIDO ENTRE AV. ALACID NUNES E MIRANDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/266/req._14-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/266/req._14-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA PRAÇA, SITUADA NA AV. VISCONDE DE MARACAJÚ (EM FRENTE A ESCOLA DEUSARINA NASCIMENTO) BAIRRO INDEPENDENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_015-2021-_limpeza_terraplanagem_e_iluminacao_geral_das_ruas_touro_bravo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_015-2021-_limpeza_terraplanagem_e_iluminacao_geral_das_ruas_touro_bravo.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REALIZE A OBRA DE LIMPEZA, ABERTURA DAS VALAS, DRENAGEM, TERRAPLANAGEM E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA PRINCIPAL DA COMUNIDADE TOURO BRAVO, DISTRITO DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_016-2021_limpeza_loteamento_nova_alianca.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_016-2021_limpeza_loteamento_nova_alianca.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO A OBRA DE LIMPEZA GERAL DAS RUAS E ABERTURA DE VALAS DO LOTEAMENTO NOVA ALIANÇA, NO DISTRITO DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>DEIVISON CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_017-21_prot_17-21_recup_pass_projetada.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_017-21_prot_17-21_recup_pass_projetada.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA VIA, DENOMINADA PASSAGEM PROJETADA, ENTRE AS RUAS JÚLIO VIVEIROS E JORGE ROSSY, FAZ A LIGAÇÃO ENTRE OS BAIRROS MADRE TEREZA E SANTOS DUMONT, BEM COMO A SUA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_018-21_prot_18-21_recup_gen_gurjao_agrinesp.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_018-21_prot_18-21_recup_gen_gurjao_agrinesp.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA VIA RUA GENERAL GURJÃO, NO PERÍMETRO DA SUA CONFLUÊNCIA COM A RUA CRISTINA DINIZ E AVENIDA PERIMETRAL SUL.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_019-21_prot_19-21_recup_ponte_do_casco.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_019-21_prot_19-21_recup_ponte_do_casco.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA TUBULAÇÃO DA PONTE SOBRE O IGARAPÉ DA COMUNIDADE DO CASCO NA ESTRADA DO TAIASSUÍ.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_020-21_prot_20-21_lixo_na_est_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_020-21_prot_20-21_lixo_na_est_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A COLETA DO LIXO DEPOSITADO IRREGULAMENTE NOS BORDOS DA ESTRADA DO TAIASSUÍ, BEM COMO A DEVIDA SINALIZAÇÃO QUANTO A IRREGULARIDADE DO ATO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/267/req._27-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/267/req._27-2021.pdf</t>
   </si>
   <si>
     <t>TERRAPLANAGEM, PAVIMENTAÇÃO ASFÁLTICA, REVITALIZAÇÃO DE ILUMINAÇÃO PÚBLICA, LIMPEZA E AMPLIAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA, NA AV. GENERAL GURJÃO, CONTEMPLANDO A PRIMEIRA TRAVESSA, SEGUNDA TRAVESSA, TERCEIRA TRAVESSA, QUARTA TRAVESSA, QUINTA TRAVESSA E RUA CRISTINA FIGUEIREDO DINIZ, TODAS SITUADAS NO BAIRRO AGRINESP. NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>BEIBE SOLON</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_029-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_029-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJAM REALIZADOS OS SERVIÇOS DE TERRAPLANAGEM E TUBULAÇÃO, NA RUA DAS MANGUEIRAS, NO BAIRRO DA PAZ, SE ESTENDENDO ATÉ A ESTRADA DO MARATÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_030-2021-_revitalizacao_da_praca_do_bairro_maguari_e_academia.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_030-2021-_revitalizacao_da_praca_do_bairro_maguari_e_academia.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJAM REALIZADOS OS SERVIÇOS DE REVITALIZAÇÃO DA PRAÇA DO BAIRRO MAGUARI, BEM COMO A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA MESMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_031-2021-_quadra_de_esporte_-_maguari.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_031-2021-_quadra_de_esporte_-_maguari.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REVITALIZAÇÃO DA QUADRA DE ESPORTE DO BAIRRO MAGUARI, BEM COMO A INSTALAÇÃO DE ENERGIA NA MESMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_035-21_prot_37-21_recup_apolinario_mendes.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_035-21_prot_37-21_recup_apolinario_mendes.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA VIA, DENOMINADA RUA APOLINÁRIO MENDES, ENTRE A RUA GENERAL GURJÃO E AVENIDA PERIMETRAL SUL, NO BAIRRO SANTOS DUMONT, NESTE MUNICÍPIO, BEM COMO A SUA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/</t>
+    <t>http://sapl.benevides.pa.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA QUADRA DE ESPORTES LOCALIZADA NA RUA JORGE ROSSY NO BAIRRO SANTOS DUMONT, REVISÃO DA SUA ILUMINAÇÃO INTERNA E EXTERNA.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/268/req._37-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/268/req._37-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE DRENAGEM COM TUBULAÇÃO, RECUPERAÇÃO ASFÁLTICA, BEM COMO REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA SÃO JOSÉ, SITUADA NO DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_044-2021_limpeza_bairros_santa_emilia_e_santa_lucia.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_044-2021_limpeza_bairros_santa_emilia_e_santa_lucia.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SE REALIZE A OBRA DE LIMPEZA, ABERTURA DAS VALAS, DRENAGEM, DE TODAS AS RUAS DOS BAIRROS SANTA EMÍLIA E SANTA LUCIA, DISTRITO DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>SIMÃO VITALINO, PABLO ORTEGA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/269/req._46-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/269/req._46-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE IMPLANTAÇÃO DE 2 LOMBADAS ÀS PROXIMIDADES DO RESIDENCIAL BELO JARDIM I, E 3 LOMBADAS EM FRENTE O CONJUNTO RESIDENCIAL JURITI, SITO À AV. AUGUSTO MEIRA FILHO, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE OBRA PAISAGISTICA, COM DRAGAGEM DO IGARAPÉ DO TRILHO, CONSTRUÇÃO DE PRAÇA PÚBLICA COM ACADEMIA AO AR LIVRE, IMPLANTAÇÃO DE QUIOSQUE PARA ATIVIDADE COMERCIAL, E LOCAL PARA ESTACIONAMENTO NO ANTIGO BOSQUE MUNICIPAL, SITUADO NA AV. JOAQUIM PEREIRA DE QUEIROZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_062-21_prot_68-21_posto_rss_santos_dumont.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_062-21_prot_68-21_posto_rss_santos_dumont.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A CONSTRUÇÃO, NAS DEPENDÊNCIAS DA UNIDADE BÁSICA DE SAÚDE DO BAIRRO SANTOS DUMONT, LOCAL ADEQUADO PARA COLETA DOS RESÍDUOS DE SERVIÇOS DE SAÚDE (RSS).</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_063-21_prot_69-21_posto_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_063-21_prot_69-21_posto_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, PARA QUE ATRAVÉS DA SECRETARIA COMPETENTE, SEJA REALIZADA REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DO TAIASSUÍ.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_064-21_prot_70-21_posto_terceira.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_064-21_prot_70-21_posto_terceira.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA REFORMA E AMPLIAÇÃO DA UNIDADE DE SAÚDE DA FAMÍLIA DO BAIRRO DA TERCEIRA TRAVESSA.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>DEIVISON CARVALHO, SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_066-21_prot_72-21_recup_nacoes_unidas.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_066-21_prot_72-21_recup_nacoes_unidas.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA AVENIDA NAÇÕES UNIDAS NO PERÍMETRO ENTRE A AVENIDA FRANÇOIS PAUL BEGOT, NO BAIRRO CENTRO E RUA DAS ORQUÍDEAS, NO BAIRRO DAS FLORES, COM OPERAÇÃO "TAPA BURACOS" E SEPARAÇÃO DA SUA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>DEJA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_068-2021-_manoel_monteiro.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_068-2021-_manoel_monteiro.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REALIZE A OBRA DE LIMPEZA, DRENAGEM, TERRAPLANAGEM, PAVIMENTAÇÃO ASFÁLTICA E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA COM NESCESSIDADE ATÉ O MOMENTO DE SUBSTITUIÇÃO DE 10 LÂMPADAS E COLOCAÇÃO DE 4 SUPORTES DE LUMINÁRIAS, NA RUA MANOEL MONTEIRO, DISTRITO DE MURINI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_069-2021_passagem_constancia-_distrito_de_murinin.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_069-2021_passagem_constancia-_distrito_de_murinin.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REALIZE A REVISÃO DA ILUMINAÇÃO PÚBLICA NA PASSAGEM CONSTÂNCIA ITAPERA, COM SUBSTITUIÇÃO DE 7 LÂMPADAS, ABERTURA DAS VALAS E TERRAPLANAGEM, DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>BEIBE SOLON, BITÃO BEGOT</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_071-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_071-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE TERRAPLANAGEM E TUBULAÇÃO, NA RUA JOSÉ MIRANDA (CONHECIDA COMO RUA DAS MANGUEIRAS), NO BAIRRO DA PAZ, SE ESTENDENDO ATÉ A ESTRADA DO MARATÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_072-2021-posto_de_saude_-_santa_rosa.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_072-2021-posto_de_saude_-_santa_rosa.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A IMPLANTAÇÃO DE UM POSTO DE SAÚDE NO BAIRRO SANTA ROSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/271/req._78-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/271/req._78-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE LIMPEZA E ABERTURA DE VALAS, AMPLIAÇÃO DO SISTEMA DE ÁGUA, REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, COLETA REGULAR DO LIXO, NAS RUAS ROSA CRUZ,TRAVESSA LARANJEIRAS, TRAVESSA CRISÂNTEMOS, TRAVESSA GIRASSOL, PASSAGEM DORATHY STANG E PASSAGEM DUAS IRMÃS, TODAS SITUADAS NO BAIRRO DAS FLORES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/272/req._79-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/272/req._79-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE REFORMA E COBERTURA DA QUADRA DE ESPORTE EDIMAURO RAMOS DE FARIA, CONSTRUÇÃO DE ARQUIBANCADA, BEM COMO, ACADEMIA AO AR LIVRE, SITUADA NO BAIRRO INDEPENDENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/273/req._80-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/273/req._80-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, BEM COMO ACADEMIA AO AR LIVRE, NA ÁREA AO LADO DA RUA 1° DE MARÇO (RUA DO FIO), PRÓXIMO AO CAMPO DE FUTEBOL SANTA ROSA, BAIRRO SANTA ROSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/274/req._81-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/274/req._81-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE DRENAGEM COM TUBULAÇÃO, PAVIMENTAÇÃO ASFÁLTICA, BEM COMO REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA E COLETA REGULAR DO LIXO NAS RUAS SÃO MANOEL CARLOS E SANTA CATARINA, ATITUDES NO DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/275/req._82-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/275/req._82-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE LIMPEZA DE VALAS, RECUPERAÇÃO ASFÁLTICA, BEM COMO, REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA NILSON CHAVES E RUA FERNANDO GUILHON, SITUADAS NO BAIRRO SANTA ROSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_087-21_prot_95-21_posto_santos_dumont.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_087-21_prot_95-21_posto_santos_dumont.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICA PARA A CONSTRUÇÃO DE UM MURO NAS DEPENDÊNCIAS DA UNIDADE BÁSICA DE SAÚDE DO BAIRRO SANTOS DUMONT.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_088-21_prot_95-21_iluminacao_3_de_fevereiro_elcione_jrossy.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_088-21_prot_95-21_iluminacao_3_de_fevereiro_elcione_jrossy.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA 03 DE FEVEREIRO, RUA ELCIONE BARBALHO, RUA JORGE ROSSY E AVENIDA PERIMETRAL SUL, NO BAIRRO SANTOS DUMONT, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_089-21_prot_97-21_cx_dagua_maria_amelia_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_089-21_prot_97-21_cx_dagua_maria_amelia_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA LIMPEZA DA CAIXA D'AGUA E POÇO ARTESIANO INSTALADOS NA ESCOLA MARIA AMÉLIA, NA ESTRADA DO TAIASSUÍ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_090-21_prot_98-21_recup_ponte_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_090-21_prot_98-21_recup_ponte_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICA PARA A CONSTRUÇÃO DE CONTENÇÃO NAS LATERAIS DA PONTE SOBRE O RIO TAIASSUÍ, NA ESTRADA DO TAIASSUÍ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/276/req._91-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/276/req._91-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE RECUPERAÇÃO ASFÁLTICA E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, NAS AVENIDAS JOSÉ GOMES TELES E VISCONDE DE MARACAJÚ, BEM COMO A REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA AVENIDA JOAQUIM PEREIRA DE QUEIROZ, SITUADAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/277/req._93-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/277/req._93-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE RECUPERAÇÃO ASFÁLTICA, REVITALIZAÇÃO DE ILUMINAÇÃO PÚBLICA, LIMPEZA E DESOBSTRUÇÃO DO SISTEMA DE DRENAGEM, CONSTRUÇÃO DE PRAÇA PÚBLICA E IMPLANTAÇÃO DE ACADEMIA AO AR LIVRE NO CONJUNTO HABITACIONAL (COHAB) DO DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_no_094_-_2021-_revitalizacao_da__praca_do_bairro_canutama_e_academia_ao_ar_livre.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_no_094_-_2021-_revitalizacao_da__praca_do_bairro_canutama_e_academia_ao_ar_livre.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA FEITA A EXECUÇÃO DA REVITALIZAÇÃO DA PRAÇA DO BAIRRO DE CANUTAMA, BEM COMO A INSTALAÇÃO DE BRINQUEDOS E UMA ACADEMIA AO AR LIVRE NA MESMA, ALÉM DA REFORMA DA QUADRA DE VÔLEI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_095_-_2021_-_bairro_madre_tereza_de_calcuta.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_095_-_2021_-_bairro_madre_tereza_de_calcuta.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA E A LIMPEZA DAS RUAS PRINCIPAIS E TRANSVERSAIS DO BAIRRO MADRE TEREZA DE CALCUTÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_096_-_2021-_quadra_de_esporte_-_bairro_canutama.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_096_-_2021-_quadra_de_esporte_-_bairro_canutama.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REFORMA, INSTALAÇÃO DE ENERGIA E COBERTURA DA QUADRA DE ESPORTE DO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A LIMPEZA DAS RUAS E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE NOVA ESPERANÇA, SITUADA NO BAIRRO DA PAZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_106_-_2021_abastecimento_de_agua_-_bairro_madre_tereza.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_106_-_2021_abastecimento_de_agua_-_bairro_madre_tereza.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A SUBSTITUIÇÃO DA TUBULAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA DO BAIRRO MADRE TEREZA DE CALCUTÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_107_-_2021_-__recuperacao_do_asfalto_da_avenida_nacoes_unidas.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_107_-_2021_-__recuperacao_do_asfalto_da_avenida_nacoes_unidas.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A RECUPERAÇÃO ASFÁLTICA DA AVENIDA NAÇÕES UNIDAS, NO PERÍMETRO COMPREENDIDO ENTRE A AVENIDA JOAQUIM PEREIRA DE QUEIROZ, ESTENDENDO-SE ATÉ O CONDOMÍNIO AMAZON FLORA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_117-21_prot_132-21_iluminacao_est_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_117-21_prot_132-21_iluminacao_est_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA ESTRADA DO TAIASSUÍ, NESTE MUNICÍPIO, NAS COMUNIDADES DA VILA CASCO, MORADA NOVA E SANTO ANTÔNIO, COM CONSERTO, SUBSTITUIÇÃO OU NOVA INSTALAÇÃO DAS LUMINÁRIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_118-21_prot_133-21_recup_ruas_com_renascer.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_118-21_prot_133-21_recup_ruas_com_renascer.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA MANUTENÇÃO DAS RUAS E DA ILUMINAÇÃO PÚBLICA DA COMUNIDADE RENASCER, NO DISTRITO DO TAIASSUÍ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_120-2021-recuperacao_da_estrada_e_iluminacao_publica_do_meruocapelezinho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_120-2021-recuperacao_da_estrada_e_iluminacao_publica_do_meruocapelezinho.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE RECUPERAÇÃO DA ESTRADA, LIMPEZA E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA DO RAMAL DO MERUOCA QUE DÁ ACESSO À COMUNIDADE CRISTO REDENTOR(PELEZINHO), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_no_121-2021_-_comunidade_jardim_das_oliveiras_benfica.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_no_121-2021_-_comunidade_jardim_das_oliveiras_benfica.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REVITALIZAÇÃO DE ILUMINAÇÃO PÚBLICA E ROÇAGEM DAS RUAS E TRANSVERSAIS DA COMUNIDADE JARDIM DAS OLIVEIRAS (ENTRADA DE BENFICA KM 18), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_122-2021_-__iluminacao_publica_e_limpeza_das_ruas_terceira_travessa_cupuacu.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_122-2021_-__iluminacao_publica_e_limpeza_das_ruas_terceira_travessa_cupuacu.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A LIMPEZA E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NAS RUAS DA TERCEIRA TRAVESSA, LOTE 07, SITUADAS NO BAIRRO CUPUAÇU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/278/req._123-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/278/req._123-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE TERRAPLANAGEM, DRENAGEM, PAVIMENTAÇÃO ASFÁLTICA, BEM COMO VIABILIZAR MECANISMOS PARA IMPLANTAÇÃO DE REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA, ALÉM DA REVITALIZAÇÃO DA PONTE, NA ESTRADA DA SUIMPAR E REAS IBIAPAVA, BOM SOSSEGO, DA PAZ, VITÓRIA, FÉ EM DEUS, NOVA ESPERANÇA, NESTE MUNICÍPIO DE BENEVIDES.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>BITÃO BEGOT</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_125-2021_ver._bitao_begot_-_servicos_bairro_luiz_gonzaga.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_125-2021_ver._bitao_begot_-_servicos_bairro_luiz_gonzaga.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA E REVISÃO DA ILUMINAÇÃO PÚBLICA, NAS RUAS TAPARÁ, SANTA ANA E JOSÉ PARANÁ, BAIRRO LUIZ GONZAGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_130-2021_-_condominio_itacolomi.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_130-2021_-_condominio_itacolomi.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REVITALIZAÇÃO DE ILUMINAÇÃO PÚBLICA, LIMPEZA E ROÇAGEM DAS RUAS DO CONDOMÍNIO ITACOLOMI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>BEIBE SOLON, SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_137-2021_-_iluminacao_e_limpeza_da_rua_da_colonizacao_-_bairro_maguari.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_137-2021_-_iluminacao_e_limpeza_da_rua_da_colonizacao_-_bairro_maguari.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A LIMPEZA E A REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA DAS RUAS DA COLONIZAÇÃO, CRISTINA DINIZ E PROJETADA DO BAIRRO MAGUARI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_139_-2021_rua_julio_viveiros__bairro_das_flores_2.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_139_-2021_rua_julio_viveiros__bairro_das_flores_2.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADOS OS SERVIÇOS DE RECUPERAÇÃO ASFÁLTICA, LIMPEZA, E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, NA RUA JÚLIO VIVEIRO, NO BAIRRO DAS FLORES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_143-21_prot_169-21_prioridades_vacina_covid.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_143-21_prot_169-21_prioridades_vacina_covid.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA INCLUSÃO DOS CONSELHEIROS TUTELARES E DOS COVEIROS COMO ATIVIDADES PROFISSIONAIS COM PRIORIDADE PARA A VACINAÇÃO CONTRA A COVID-19.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_146-2021_rua_03_de_fevereiro_santos_dumont_2.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_146-2021_rua_03_de_fevereiro_santos_dumont_2.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, RECUPERAÇÃO ASFÁLTICA, E LIMPEZA, NA TRAVESSA 03 DE FEVEREIRO, BAIRRO SANTOS DUMONT, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_147-2021_rua_13_de_maiosanta_rosa.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_147-2021_rua_13_de_maiosanta_rosa.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA, ROÇAGEM, E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, NA RUA 13 DE MAIO, BAIRRO SANTA ROSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_154-2021_comunidade_divina_providencia.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_154-2021_comunidade_divina_providencia.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, LIMPEZA, ABERTURA DAS VALAS E ROÇAGEM DAS RUAS, TROCA DE TUBOS DE CONCRETOS QUE ESTÃO DANIFICADOS, E ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UMA PARADA DE ÔNIBUS COBERTA, ALÉM DA INSTALAÇÃO DE UMA LIXEIRA CENTRAL NA COMUNIDADE DIVINA PROVIDÊNCIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_155-2021_-_murinin_-_terminal_rodoviario.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_155-2021_-_murinin_-_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXCECUTIVO, QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE PARA A CONSTRUÇÃO DE UM TERMINAL RODOVIÁRIO NO FINAL DA LINHA DOS ÔNIBUS E TRANSPORTES ALTERNATIVOS, NO DISTRITO MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_157-21_prot_186-21_sistema_de_agua_flores.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_157-21_prot_186-21_sistema_de_agua_flores.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A REGULARIZAÇÃO DO ABASTECIMENTO DA ÁGUA DO BAIRRO DAS FLORES E QUE SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICA PARA A AMPLIAÇÃO DA CAPACIDADE DO MICROSSISTEMA DE ÁGUA DO BAIRRO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/279/req._162-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/279/req._162-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODERN EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE LIMPEZA E DESOBSTRUÇÃO DE VALAS, TERRAPLANAGEM E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA RAFAEL GOMES, SITUADA NO BAIRRO MAGUARI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>REQUER DO POER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE LIMPEZA E DESOBSTRUÇÃO DE VALAS, TERRAPLANAGEM E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, CONTEMPLANDO DA PRIMEIRA A QUINTA TRAVESSA, SITUADAS NO RESIDENCIAL LUIZA SOLON, (CONHECIDO COMO COMUNIDADE MARATÁ), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_174-2021-_comunidade_nova_esperanca_maguari.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_174-2021-_comunidade_nova_esperanca_maguari.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE IMPLANTAÇÃO DE UM MICROSSISTEMA DE ABASTECIMENTO DE ÁGUA, LIMPEZA, ROÇAGEM DAS RUAS, ABERTURA DAS VALAS, E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA COMUNIDADE NOVA ESPERANÇA, NO BAIRRO MAGUARI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_175-2021_-_travessa_girassol_comunidade_dorathy_stang.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_175-2021_-_travessa_girassol_comunidade_dorathy_stang.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA, ROÇAGEM, ABERTURA DE VALAS, TERRAPLANAGEM, E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA COMUNIDADE DOROTHY STANG, SITUADA NA TRAVESSA GIRRASOL, NO BAIRRO DAS FLORES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_182-21_prot_213-21_lombada_tv_santo_andre.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_182-21_prot_213-21_lombada_tv_santo_andre.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADO ESTUDO DE VIABILIDADE TÉCNICA E ECONÔMICA PARA A CONSTRUÇÃO DE LOMBADAS E A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NA TRAVESSA SANTO ANDRÉ, NO BAIRRO INDEPENDENTE.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/281/req._183-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/281/req._183-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE REVITALIZAÇÃO DO CRUZAMENTO, COM IMPLANTAÇÃO DE TUBOS DE CONCRETO, BEM COMO A TERRAPLANAGEM, ENTRE A RUA MIRANDA MATEUS E RUA DO FIO, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/282/req._184-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/282/req._184-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE REVITALIZAÇÃO DA ESTRUTURA FÍSICA E PAISAGÍSTA, IMPLANTAÇÃO DE BEBEDOUROS, BEM COMO EQUIPAMENTOS DE AR CONDICIONADOS NOVOS, NA UNIDADE ESPECIAL DE SAÚDE DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/283/req._185-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/283/req._185-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE REVITALIZAÇÃO DA ESTRUTURA FÍSICA DA CASA DOS CONSELHEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>BITÃO BEGOT, DEIVISON CARVALHO, DR. GUSTAVO, EDSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_200-21_prot_235-21_sessao_solene_enfermagem.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_200-21_prot_235-21_sessao_solene_enfermagem.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A CONVOCAÇÃO DE SESSÃO SOLENE DESTA CASA PARA O DIA 28 DE MAIO DE 2021, ÀS 10HS, A FIM DE HOMENAGEARMOS AOS PROFISSIONAIS DE ENFERMAGEM QUE ATUAM E JÁ ATUARAM NO MUNICÍPIO VIRTUAL DE BENEVIDES.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_204-2021_praca_bambuluar.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_204-2021_praca_bambuluar.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A, LIMPEZA, ROÇAGEM, DESOBSTRUÇÃO DE VALAS, RECAPEAMENTO ASFÁLTICO E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA JOÃO FRANJAS, NO PERÍMETRO COMPREENDIDO ENTRE AS VIAS NAÇÕES UNIDAS E RUA JOAQUIM DE QUEIROZ, BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.docxrequerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.docxrequerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A,LIMPEZA, REVITALIZAÇÃO DA ILUMINAÇÃO E OPERAÇÃO TAPA BURACOS NA RUA LUIZ PRETESTADO DE SOUZA NO PERÍMETRO ENTRE A RUA PERIMETRAL SUL E RUA JOÃO FANJAS, BAIRRO DUQUE DE CAXIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/284/req._210-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/284/req._210-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE 2 (DUAS) LOMABDAS, NA RUA WALDEMAR HENRIQUE, EM FRENTE À ESCOLA JOSÉ SALOMÃO SOLON, CONSTRUÇÃO DE 2 (DUAS)LOMBADAS NA RUA FERNANDO GUILHON, SENDO 1 (UMA) EM FRENTE A PARÓQUIA SANTA ROSA DE LIMA, E 1 (UMA) NA ESQUINA DO CAMPO SAN5A ROSA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/285/req._211-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/285/req._211-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECFUTIVO, QUE SEJA EXECUTADO, OS SERVIÇOS DE TERRAPLANAGEM, PAVIMENTAÇÃO ASFÁLTICA E REVITALIZAÇÃO DE ILUMINAÇÃO PÚBLICA, NAS RUAS OLHO D'ÁGUA E ATERRAMENTO LOCAL SITUADAS NO BAIRRO CANUTAMA II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/286/req._212-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/286/req._212-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA COORDENADO E ORGANIZADO, O SERVIÇO DE TRANSPORTE PÚBLICO LOCAL, ESTABELECENDO JUNTO COM AS EMPRESAS HORÁRIOS, DURANTE O PERÍODO DA MANHÃ, TARDE E NOITE, COMEÇANDO ÁS 4:30 ATÉ 23:30 DIARIAMENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_226-2021_requerimento_estrada_do_bituba.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_226-2021_requerimento_estrada_do_bituba.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA, ROÇAGEM, ABERTURA DE VALAS, TERRAPLANAGEM, E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA ESTRADA DO BITUBA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/287/req._227-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/287/req._227-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE IMPLANTAÇÃO DE UM MICROSSISTEMA DE ABASTECIMENTO, ÁGUA COMPLETO, COM CAIXA D'ÁGUA  REDE DE DISTRIBUIÇÃO NA COMUNIDADE DA PAZ, LOCALIZADA NO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/307/req._229-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/307/req._229-2021.pdf</t>
   </si>
   <si>
     <t>REQUER O SERVIÇO DE REFORMA, REESTRUTURAÇÃO, BEM COMO ADEQUAÇÃO, INTERLIGANDO O MERCADO MUNICIPAL E O CENTRO COMERCIAL EM UM GRANDE COMPLEXO, COM A DEVIDA CONSTRUÇÃO DE NOVOS BOXES ALTOS E BAIXOS, BARRACAS PADRONIZADAS, IMPLEMENTAÇÃO DE ÁREAS DE ACESSIBILIDADE COM RAMPAS E SINALIZAÇÃO, CALÇAMENTO NO ENTORNO, RESTAURANTES POPULARES, QUIOSQUES, ÁREA PARA ESTACIONAMENTO, ESPAÇOS PARA EXPOSIÇÃO DE ARTESANATO LOCAL, ALÉM DE ÁREA PARA APRESENTAÇÕES MUSICAIS E ARTÍSTICAS, NO BAIRRO CENTRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/288/req._230-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/288/req._230-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO O SERVIÇO DE CONSTRUÇÃO DE CRECHE PÚBLICA, NO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/289/req._231-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/289/req._231-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, BEM COMO ACADEMIA AO AR LIVRE E QUADRA POLIESPORTIVA, NA COMUNIDADE DA PAZ, LOCALIZADA NO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/306/req._232-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/306/req._232-2021.pdf</t>
   </si>
   <si>
     <t>REQUER ADESÃO E IMPLEMENTAÇÃO DO PROGRAMA PRO JOVEM, COM DIVERSOS CURSOS DE CAPACITAÇÃO EM LOCAIS ESTRATÉGICOS, TENDO COM SUGESTÃO O BAIRRO CANUTAMA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_236-2021_limitrofes_do_municipio.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_236-2021_limitrofes_do_municipio.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE NO SENTIDO DO PROCEDER A IDENTIFICAÇÃO REAL DAS FRONTEIRAS ENTRE BENEVIDES E OS MUNICÍPIOS CIRCUNVIZINHOS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/290/req._240-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/290/req._240-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA IMPLANTADO A CASA DA CULTURA, COM ESPAÇOS APROPRIADOS E EQUIPAMENTOS DE SOM E DE CENÁRIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/291/req._241-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/291/req._241-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A REABERTURA DO CENTRO DE CONVIVÊNCIA DA PESSOA IDOSA, COM ATIVIDADES EDUCACIONAIS, PALESTRAS, SERVIÇOS DE SAÚDE E PRÁTICAS ESPORTIVAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/292/req._242-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/292/req._242-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE AMPLIAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA, NA COMUNIDADE RENASCER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/293/req._243-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/293/req._243-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE TERRAPLANAGEM, DRENAGEM, PAVIMENTAÇÃO, NA COMUNIDADE JARDIM DAS OLIVEIRAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/294/req._244-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/294/req._244-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE IMPLANTAÇÃO DE ESPAÇO DE CAPACITAÇÃO PROFISSIONAL, DEVIDAMENTE ESTRUTURADO E EQUIPADO, COM CURSOS PROFISSIONALIZANTES GRATUITOS, PARA ATENDER AOS BAIRROS MÉDICI, SANTA ROSA E INDEPENDENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/295/req._251-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/295/req._251-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE LIMPEZA E DESOBSTRUÇÃO DE VALAS, TERRAPLANAGEM, DRENAGEM, PAVIMENTAÇÃO ASFÁLTICA E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA ANTÔNIO MARCOS E TV. MORAES CONHECIDA COMO "RUA DA TRIBAL", SITUADAS NO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/296/req._252-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/296/req._252-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, OS SERVIÇO DE IMPLANTAÇÃO DE UM MICROSSISTEMA DE ABASTECIMENTO ÁGUA COMPETO COM CAIXA D'ÀGUA E REDE DE DISTRIBUIÇÃO NO CONJUNTO RICARDO BORGES, LOCALIZADO NO BAIRRO CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_260-2021-_microssistema_de_agua_canutama.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_260-2021-_microssistema_de_agua_canutama.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE ULTIME PROVIDÊNCIAS NO SENTIDO DE PROCEDER A IDENTIFICAÇÃO REAL DAS FRONTEIRAS ENTRE BENEVIDES E OS MUNICÍPIOS CIRCUNVIZINHOS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_261-2021_-_comunidade_cristo_rei.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_261-2021_-_comunidade_cristo_rei.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE TERRAPLANAGEM, ROÇAGEM, ILUMINAÇÃO PÚBLICA, LIMPEZA DAS VALAS, EM TODAS AS RUAS DA COMUNIDADE CRISTO REI, NA PA 404, KM 3, ÀS MARGENS DO IGARAPÉ ITAPEPUCU, PRÓXIMO AO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/297/req._262-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/297/req._262-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO O SERVIÇO DE LIMPEZA E DESOBTRUÇÃO DE VALAS, TERRAPLANAGEM, DRENAGEM COM COLOCAÇÃO DE TUBOS, PAVIMENTAÇÃO ASFÁLTICA E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBÇLICA NA ALAMEDA LUA, SITUADA NO BAIRRO PIÇARREIRA- DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/298/req._263-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/298/req._263-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM DISPONIBILIZADOS AGENTES DA GUARDA MUNICIPAL COM RESPECTIVOS POSTOS DE SERVIÇO NAS ESCOLAS E CRECHES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_264-2021_-_revitalizacao_da_orla_de_taiassui.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_264-2021_-_revitalizacao_da_orla_de_taiassui.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE REVITALIZAÇÃO DA ORLA DE TAIASSUI, COM TROCA DAS LUMINÁRIAS, RECUPERAÇÃO DAS LATERAIS DA MESMA, BEM COMO, SERVIÇOS DE PINTURA EM TODA ÁREA, NON DISTRITO DE TAIASSUÍ NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/299/req._265-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/299/req._265-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE UM POSTRO DE SAÚDE DA FAMÍLIA (PSF) NA COMUNIDADE TOURO BRAVO, ABRANGENDO COM SERVIÇO DA SAÚDE A COMUNIDADE NESLSON MANDELA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/300/req._266-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/300/req._266-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, BEM COMO ACADEMIA AO AR LIVRE E QUADRA POLIESPORTIVA, NA PROXIMIDADE DA COMUNIDADE TOURO BRAVO E COMUNIDADE SANTA EMÍLIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/301/req._267-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/301/req._267-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO, O SERVIÇO DE CONSTRUÇÃO DE UM PORTO HIDROVIÁRIO NO DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/302/req._268-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/302/req._268-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO A CONSTRUÇÃO DE UMA ESCOLA MUNICIPAL DE ENSINO INFANTIL NA COMUNIDADE TOURO BRAVO, ABRANGENDO COM SERVIÇOS DE EDUCAÇÃO A COMUNIDADE NELSON MANDELA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/303/req._278-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/303/req._278-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇOS DE LIMPEZA DE VALA, TERRAPLANAGEM E DRENAGEM COM COLOCAÇÃO DE TUBOS, NA RUA PRIMEIRO DE MARÇO, NO TRECHO COMPREENDIDO ENTRE A RUA PRESIDENTE COSTA E SILVA E AV. VISCONDE DE MARACAJÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_281-2021_-_continuacao_de_pavimentacao_na_passagem_silva_castro.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_281-2021_-_continuacao_de_pavimentacao_na_passagem_silva_castro.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REALIZE A CONTINUIDADE DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA E REVISÃO DA ILUMINAÇÃO PÚBLICA NA PASSAGEM SILVA CASTRO, NA COMUNIDADE DO JUQUIRI, DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA INSTALADA BARRACAS PARA FUNCIONAMENTO DE FEIRA DE ARTESANTOS, COM ARTESÃOS DO MUNICÍPIO DE BENEVIDES, AOS FINAIS DE SEMANA E FERIADOS NA PRAÇA CENTRAL DO DISTRITO DE BENFICA E NA PRAÇA DE SAMAUMEIRA "LAURENTINA RAMOS", NO BAIRRO CENTRO DESTA CIDADE DE BENEVIDES.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_286-21_prot_367-21_recup_rua_jose_elias_e_rua_santa_fe.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_286-21_prot_367-21_recup_rua_jose_elias_e_rua_santa_fe.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADO A MANUTENÇÃO DAS VIAS DENOMINADAS A RUA JOSÉ ELIAS E A RUA SANTA FÉ, NO BAIRRO DE CANUTAMA, BEM COMO SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICA PARA A SUA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/305/req._287-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/305/req._287-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE LIMPEZA DE VALAS, REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, TERRAPLANAGEM, DRENAGEM COM COLOCAÇÃO DE TUBOS, PAVIMENTAÇÃO ASFÁLTICA, BEM COMO IMPLANTAÇÃO DE SISTEMA DE ABASTECIMENTO DE ÁGUA COM REDE DE DISTRIBUIÇÃO NAS RUAS; DON ARAÚJO, TRAVESSA MARIA HELENA, PASSAGEM SÓ AMIGOS, PASSAGEM SÃO PEDRO, VINTE E TRÊS DE JUNHO, SIMONE SANTOS, ALAMEDA SÃO JOÃO, ALAMEDA SANTA LUZIA, PASSAGEM YASMIN, ALAMEDA ALEX, ALAMEDA SÃO MANOEL, DOS PROFESSORES, TRAVESSA HENRIQUE SOARES, DO TACHO, PASSAGEM MARANHÃO, ALAMEDA FLORIANO, MANOEL FRAZÃO, ALAMEDA PEREIRA, ALAMEDA FÉ EM DEUS, ALAMEDA JEOVÁ, PASSAGEM FRANCISCO ALMEIDA, PASSAGEM UNIÃO, VINTE E SEIS DE JULHO, GREGÓRIO ROMÃO, CARLOS ALBERTO, MURUCI, MARTINHO MONTEIRO, PASSAGEM PALMEIRAS, PASSAGEM DAMIÃO, PASSAGEM SÃO JOSÉ E PASSAGEM ALDENILZE ARAÚJO, TODAS SITUADAS NO ITAQUARA, DISTRITO DE MURININ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/308/req._288-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/308/req._288-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS; QUINZE DE NOVEMBRO E SÃO PEDRO, NO TRECHO ENTRE A AV. VISCONDE DE MARACAJÚ E RUA NAZARÉ; RUAS SÃO FRANSCICO E SÃO TIAGO, NO TRECHO ENTRE ALACID NUNES E RUA NAZARÉ; RUA TRINTA DE MARÇO, NO TRECHO ENTRE A AV. ALACID NUNES E RUA NAZARÉ; RUA VINTE E UM DE ABRIL, NO TRECHO ENTRE A AV. VISCONDE DE MARACAJU E RUA NAZARÉ, TODAS SITUADAS NO BAIRRO INDEPENDENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/309/req._289-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/309/req._289-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REFORMADO, ADEQUADO E AMPLIADO O ESPAÇO LOCALIZADO NA PRAÇA DO BEGOZÃO, COM A REFORMA DOS APARELHOS ANTIGOS, BEM COMO IMPLANTAÇÃO DE EQUIPAMENTOS NOVOS, PARA ATENDER OS PRATICANTES DO SKATE, PATINS E AFINS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/310/req._294-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/310/req._294-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, BEM COMO ACADEMIA AO AR LIVRE E QUADRA POLIESPORTIVA, NO BAIRRO ITAQUARA, LOCALIZADO NO DISTRITO DE MURININ, NESTE MUNCÍPIO.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_298-21_prot_390-21_recup_av_perimetral_sul.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_298-21_prot_390-21_recup_av_perimetral_sul.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO DA AVENIDA PERIMETRAL SUL, EM TODA SUA EXTENSÃO, QUE COMPREENDE OS BAIRROS SANTOS DUMONT, BAIRRO DAS FLORES, E AGRINESP, BEM COMO SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICO PARA RECUPERAÇÃO DA SUA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_299-21_prot_391-21_compra_ambulancia.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_299-21_prot_391-21_compra_ambulancia.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA ESTUDO DE VIABILIDADE TÉCNICA E ORÇAMENTÁRIA PARA A AQUISIÇÃO DE UMA AMBULÂNCIA TIPO UBS, PARA QUE FIQUE BASEADA NA UNIDADE DE BENFICA, BEM COMO A CONTRATAÇÃO DA EQUIPE PROFISSIONAIS DE RESGATE COMO PRECONIZADO PELO MINISTÉRIO DA SAÚDE.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/311/req._301-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/311/req._301-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE OS SERVIÇOS DE TERRAPLANAGEM, DRENAGEM, PAVIMENTAÇÃO ASFÁLTICA, IMPLANTAÇÃO DE SISTEMA DE ABASTECIMENTO DE ÁGUA, CONTEMPLANDO A RUA PRINCIPAL DA LOCALIDADE NEÓPOLIS, BEM COMO A PRIMEIRA TRAVESSA, SEGUNDA TRAVESSA, TERCEIRA TRAVESSA, QUARTA TRAVESSA, QUINTA TRAVESSA, SEXTA TRAVESSA,SÉTIMA TRAVESSA, OITAVA TRAVESSA E NONA TRAVESSA, TODAS SITUADAS NA LOCALIDADE NEÓPOLIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_302-2021_-_servicos_ruas_taparasanta_ana_e_jose_parana.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_302-2021_-_servicos_ruas_taparasanta_ana_e_jose_parana.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO OS SERVIÇOS DE LIMPEZA, ROÇAGEM, TERRAPLANAGEM, PAVIMENTAÇÃO ASFALTICA, COLOCAÇÃO DE TUBULAÇÃO E REVISÃO DA ILUMINAÇÃO PÚBLICA, NAS RUAS TARARÁ, SANTA ANA E JOSÉ PARANÁ, BAIRRO LUIZ GONZAGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_308-21_prot_402-21_recup_rua_miranda_mateus_tv_aecarvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_308-21_prot_402-21_recup_rua_miranda_mateus_tv_aecarvalho.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO E RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DAS VIAS DENOMINADAS RUA MIRANDA MATEUS, NO PERÍMETRO COMPREENDIDO ENTRE A AVENIDA JOAQUIM PREREIRA DE QUEIROZ E AVENIDA PERIMETRAL SUL E TRAVESSA ANTÔNIO EMILIO DE CARVALHO NO PERÍMETRO COMPREENDIDO ENTRE A RUA MIRANDA MATEUS E RUA LEÃO DELGADO, NO BAIRRO DUQUE DE CAXIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_309-21_prot_403-21_recup_rua_julio_viveiros.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_309-21_prot_403-21_recup_rua_julio_viveiros.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE, SEJA REALIZADA A MANUTENÇÃO E RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DA VIA DENOMINADA RUA JÚLIO VIVEIROS, NO PERÍMETRO COMPREENDIDO ENTRE A AVENIDA NAÇÕES UNIDAS E RUA MIRANDA MATEUS, NO BAIRRO DAS FLORES.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/312/req._310-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/312/req._310-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA IMPLATADO SALAS DE RECURSOS MULTIFUNCIONAIS PARA EDUCAÇÃO ESPECIAL NAS ESCOLAS PÚBLICAS MUNICIPAIS, PARA QUE TENHAMOS ESPAÇOS ADAPTADOS, COM BRINCADEIRAS, EQUIPAMENTOS DE INFORMÁTICA, MOBILIÁRIOS, MATERIAIS DIDÁTICOS E PEDAGÓGICOS ESPECÍFICOS PARA ALUNOS COM DEFICIÊNCIA VISUAL, AUDITIVA, MENTAL, MOTORA, PARALISIA CEREBRAL, tdah, AUTISMO E OUTROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/313/req._311-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/313/req._311-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA IMPLANTADO, BRINQUEDOS E ESPAÇOS ADAPTADOS, NAS PRAÇAS DO MUNICÍPIO, ESPECÍFICOS PARA PESSOAR COM DEFICIÊNCIA VISUAL. AUDITIVA, MENSTAL, MOTORA, PARALISIA CEREBRAL, TEDAH, AUTISMO E OUTROS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_312-21_prot_406-21_posto_flores.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_312-21_prot_406-21_posto_flores.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO ESTUDO DE VIABILIDADE ECONÔMICA PARA A AQUISIÇÃO DE UMA GELADEIRA PARA USO DOS SERVIDORES, A REVISÃO DA ILUMINAÇÃO E DA CLIMATIZAÇÃO DAS DEPENDÊNCIAS DA UNIDADE BÁSICA DE SAÚDE DO BAIRRO DAS FLORES.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_322-2021_-_ver._bitao_begot_-__limpeza_terraplenagem_e_iluminacao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_322-2021_-_ver._bitao_begot_-__limpeza_terraplenagem_e_iluminacao.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA, TERRAPLENAGEM E ILUMINAÇÃO PÚBLICA, PARA A COMUNIDADE NOVA BENEVIDES, LOCALIZADA NO FINAL DA RUA: WE 01, ALAMEDA 12, BAIRRO JARDIM DAS JURUTIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/314/req._325-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/314/req._325-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADA A CONSTRUÇÃO DE UM MURO AO REDOR DA 2° COMPANHIA INDEPENDENTE DE POLÍCIA MILITAR. LOCALIZADO NA AVENIDA JOAQUIM PEREIRA DE QUEIRÓZ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_327-2021_monumneto_na_praca_da_biblia.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_327-2021_monumneto_na_praca_da_biblia.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA COLOCADO UM MONUMENTO EM FORMA DE BÍBLIA, NA PRAÇA DA BÍBLIA CENTRO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>DEIVISON CARVALHO, PABLO ORTEGA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_346-21_ver._deivison_carvalho_e_pablo_ortegaprot_452-21_adicional_de_insalubridade.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_346-21_ver._deivison_carvalho_e_pablo_ortegaprot_452-21_adicional_de_insalubridade.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADO ESTUDO DE VIABILIDADE TÉCNICA E ECONÔMICA PARA A CONCESSÃO DE PAGAMENTO DOS ADICIONAIS, NOTURNO, DE INSALUBRIDADE, E DO MUNICÍPIO, BEM COMO, OS CONDUTORES DOS VEÍCULOS DE TFD, E DAS AMBULÂNCIAS, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>SIMÃO VITALINO, BEIBE SOLON, BITÃO BEGOT, DEIVISON CARVALHO, DEJA, DR. GUSTAVO, DR. LUIZ, EDSON SANTOS, FABIANO CARVALHO, PABLO ORTEGA, SANDRA CAMPANA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/315/req._356-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/315/req._356-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE AUTORIZE A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA NA RUA CONSELHEIRO FURTADO, TRECHO COMPREENDIDO DA BR- 316 ATÉ ABATEDOURO FRANGO SOLON, BAIRRO DE CANUTAMA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/316/req._360-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/316/req._360-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADA A REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA PROFESSOR JOSÉ GOMES TELES E AV. VISCONDE DE MARACAJÚ, EM TODA SUA EXTENSÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/317/req._361-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/317/req._361-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SE ULTIME PROVIDÊNCIAS PARA QUE SEJA EXECUTADA A REVITALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DA RUA PROFESSOR JOSÉ GOMES TELES, NO TRECHO COMPREENDIDO ENTRE AS RUAS 7 DE SETEMBRO E 13 DE MAIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/318/req._362-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/318/req._362-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE INFORME AS EMPRESAS DO TRANSPORTE COLETIVO ESTÃO REALIZANDO A MANUTENÇÃO DOS ELEVADORES PARA CADEIRANTES NOS ÔNIBUS, NESTE MUNICÍPIO. REQUERENDO ASSIM, QUE A FISCALIZAÇÃO QUANTO AO CORRETO FUNCIONAMENTO DOS ELEVADORES SEJA INTENSIFICADA, VISANDO GARANTIR A ACESSIBILIDADE DO DEFICIENTE FÍSICO AO TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_370-21_prot_486-21_sessao_solene_professores_26-11.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_370-21_prot_486-21_sessao_solene_professores_26-11.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE OUVIDO O PLÉNARIO, A CONVOCAÇÃO DE SESSÃO SOLENE DESTA CASA PARA O DIA 26 DE NOVEMBRO DE 2021, ÀS 09HS, A FIM DE HOMENAGEARMOS AOS PROFESSORES QUE ATUAM E JÁ ATUARAM NO MUNICÍPIO VIRTUAL DE BENEVIDES.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_375-2021_-_limpeza_da_igreja_juriti_i_na_cohab.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_375-2021_-_limpeza_da_igreja_juriti_i_na_cohab.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO,QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA E REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA, DAS RUAS DO ENTORNO, E DA ÁREA DA IGREJA CATÓLICA, SITUADA NO RESIDENCIAL JURITI II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento_376-2021-sinal_de_transito_rua_gomes_teles.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento_376-2021-sinal_de_transito_rua_gomes_teles.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A INSTALAÇÃO DE UM SINAL DE TRÂNSITO, NO CRUZAMENTO ENTRE A RUA FERNANDO GUILHON E A RUA GOMES TELES, BEM COMO A SINALIZAÇÃO ADEQUADA COM FAIXAS DE PEDESTRES, NO BAIRRO SANTA ROSA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_394-21_prot_516-21_recup_ruas_duque_de_caxias.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_394-21_prot_516-21_recup_ruas_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA REALIZADA A MANUTENÇÃO, TERRAPLANAGEM E RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA E REPARO NA ILUMINAÇÃO PÚBLICA DAS VIAS DENOMINADAS RUA LEÃO DELGADO, TRAVESSA 13 DE JUNHO, TRAVESSA 5 DE JULHO, TRAVESSA ANTÔNIO EMÍLIO DE CARVALHO E TRAVESSA LUIZ DE FRANÇA, NO BAIRRO DUQUE DE CAXIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/319/req._403-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/319/req._403-2021.pdf</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/320/req._404-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/320/req._404-2021.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA CRIADO UM NOVO MICROSSISTEMA DE ABASTECIMENTO DE ÁGUA E A SUBSTITUIÇÃO DOS CANOS DE ÁGUA JÁ EXISTENTES POR OUTROS DE MAIOR CALIBRE, PARA QUE ENTÃO ESTE SERVIÇO SEJA CAPAZ DE COMPORTAR A DEMANDA EXISTENTE NA COMUNIDADE.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_001-2021_-_aterro_sanitario_.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_001-2021_-_aterro_sanitario_.pdf</t>
   </si>
   <si>
     <t>VEDA A INSTALAÇÃO DE ATERRO SANITÁRIO METROPOLITANO NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE INCENTIVO FINANCEIRO AOS CATADORES DE MATERIAIS RECICLÁVEIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA CRÉDITO ADICIONAL AO VIGENTE ORÇAMENTO DA PREFEITURA MUNICIPAL DE BENEVIDES, O CRÉDITO ESPECIAL NO VALOR DE R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS) PARA O FIM QUE INDICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_05.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>RATIFICA PROTOCOLO DE INTENÇÕES FIRMADO ENTRE MUNICIPIOS BRASILEIROS, COM A FINALIDADE DE ADQUIRIR VACINAS PARA COMBATE À PANDEMIA DO CORONAVÍRUS; MEDICAMENTOS, INSUMOS E EQUIPAMENTOS NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_009-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_009-2021.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O INSTITUTO DE DESENVOLVIMENTO SOCIAL IDESO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_011-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_011-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVO À LEI N° 1.029/06 "QUE CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA DO MUNICÍPIO DE BENEVIDES". INSTITUINDO O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_012-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_012-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA DOAÇÃO DO IMÓVEL MUNICIPAL QUE ESPECIFICA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_013-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_013-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE AGRICULTURA E ABASTECIMENTO DE BENEVIDES.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_014-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_014-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A PROCEDER À PERMUTA DE ÁREA DE PROPRIEDADE DO MUNICÍPIO, NO ATENDIMENTO DO INTERESSE PÚBLICO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/12/projeto_de_lei_015-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/12/projeto_de_lei_015-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO, AUXILIO, AJUDA E SUBVENÇÃO FINANCEIRA PARA CONTRIBUIR NA EXECUÇÃO DE AÇÕES DE CIDADANIA E DA SOCIEDADE CIVIL VOLTADAS À CULTURA, ESPORTE, LAZER, EDUCAÇÃO, E RELIGIOSIDADE NO MUNICÍPIO DE BENEVIDES - ESTADO DO PARÁ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_016-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_016-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO AUTONOMO DE ÁGUA E ESGOTO DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_017-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_017-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_018-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_018-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CURSO COMPLEMENTAR PREPARATÓRIO PARA VESTIBULARES, EXAME NACIONAL DO ENSINO MÉDIO (ENEM) E CONCURSOS PÚBLICOS, NO MUNICÍPIO DE BENEVIDES, CHAMADO "APROVA BENEVIDES" E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_019-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_019-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA EXECUÇÃO DA ESTRATÉGIA SAÚDE DA FAMÍLIA (ESF) NO ÂMBITO DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_020-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_020-2021.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO MUNICÍPIO DE BENEVIDES, REFERENTE AO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, DEFININDO OS PARÂMETROS PARA ELABORAÇÃO E IMPLEMENTAÇÃO DO PLANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_021-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_021-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZO O PODER EXECUTIVO A CONCEDER AUXÍLIO FINANCEIRO AOS PEIXEIROS DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_22.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2022 A 2025.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA, EM IGUAL VALOR, DO PARÁ, PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_024-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_024-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, MEDIANTE FUSÃO DE SECRETARIAS MUNICIPAIS ALTERA AS LEIS MUNICIPAIS N° 1.100/2013 E 1.188/2016 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREMIAÇÃO DO PROJETO "#PARTIUIDEB", AOS ESTUDANTES DO 5° E 9° ANO DO ENSINO FUNDAMENTAL DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_028-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_028-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 11.430.509,00 (ONZE MILHÕES, QUATROCENTOS E TRINTA MIL, QUINHENTOS E NOVE REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_030-2021.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_030-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE RATEIO, ENTRE OS PROFISSIONAIS DA EDUCAÇÃO, DO SALDO DE PARCELA DE 70% DA RECEITA TOTAL DO FUNDEB NO EXERCÍCIO DE 2021, EM CARÁTER EXCEPCIONAL, PARA FINS DE CUMPRIMENTO DO DISPOSITIVO NO ARTIGO 212-A, INCISO XI DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária (Legislativo)</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA UTILIZAÇÃO DE VEÍCULOS MOVIDOS À TRAÇÃO ANIMAL NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>SIMÃO VITALINO, EDSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/33/pj_de_lei_003_-_simao_vitalino_e_edson_santos.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/33/pj_de_lei_003_-_simao_vitalino_e_edson_santos.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ESSENCIALIDADE DAS ATIVIDADES RELIGIOSAS REALIZADAS NO TEMPLO E FORA DELE, EM QUALQUER TEMPO, NO ÂMBITO DO MUNICÍPIO DE BENEVIDES.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/40/pj_de_lei_005_-_pablo_ortega.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/40/pj_de_lei_005_-_pablo_ortega.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PEQUENOS PRODUTORES RURAIS E MORADORES DA COMUNIDADE NELSON MANDELA APPRM - CNM</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/35/pj_de_lei_007_-_deivison_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/35/pj_de_lei_007_-_deivison_carvalho.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL PARA O MUNICÍPIO DE BENEVIDES, AS COMEMORAÇÕES DO DIA 30 DE MARÇO DIA DA LIBERTAÇÃO DOS ESCRAVOS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>FABIANO CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/36/pj_de_lei_008_-_fabiano_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/36/pj_de_lei_008_-_fabiano_carvalho.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA VACINAÇÃO DOMICILIAR ÀS PESSOAS IDOSAS E ÀS PESSOAS COM DEFICIÊNCIA MOTORA, MULTIDEFICIÊNCIA PROFUNDA COM DIFICULDADE DE LOCOMOÇÃO, DOENÇAS INCAPACITAVAS E DEGENERATIVAS E A ENTREGA DE REMÉDIOS DE DISTRIBUIÇÃO GRATUITA NO MUNICÍPIO DE BENEVIDES.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/37/pj_de_lei_009_-_fabiano_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/37/pj_de_lei_009_-_fabiano_carvalho.pdf</t>
   </si>
   <si>
     <t>INSTITUI A LEI GERAL MUNICIPAL DA MICROEMPRESA, EMPRESA DE PEQUENO PORTE E MICROEMPREENDEDOR INDIVIDUAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/38/pj_de_lei_010_-_beibe_solon.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/38/pj_de_lei_010_-_beibe_solon.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INTITUIR O DIA MUNICIPAL DO ORGULHO AUTISTA NO MUNICÍPIO DE BENEVIDES E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/39/pj_de_lei_011_-_deivison_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/39/pj_de_lei_011_-_deivison_carvalho.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE BENEVIDES, A SEMANA DA ENFERMAGEM, A SER CELEBRADA, ANUALMENTE, NOS DIAS DE 12 A 20 DE MAIO.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/41/pj_de_lei_013_-_pablo_ortega.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/41/pj_de_lei_013_-_pablo_ortega.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE PROTEÇÃO E BEM ESTAR ANIMAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/42/pj_de_lei_015_-_deivison_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/42/pj_de_lei_015_-_deivison_carvalho.pdf</t>
   </si>
   <si>
     <t>CONSTITUI PATRIMÔNIO CULTURAL E IMATERIAL PARA O MUNICÍPIO DE BENEVIDES, O CÍRIO DE NOSSA SENHORA DO CARMO.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/43/pj_de_lei_016-_ver._simao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/43/pj_de_lei_016-_ver._simao.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OFICIALIZAÇÃO DE NOMECLATURA DA ALAMEDA SAPUCAIA, BAIRRO DO MAGUARI, MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/44/pj_de_lei_017-_ver._simao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/44/pj_de_lei_017-_ver._simao.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OFICIALIZAÇÃO DE NOMECLATURA DA ALAMEDA "TROPICAL", BAIRRO DO MAGUARI, MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/45/pj_de_lei_018-_ver._simao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/45/pj_de_lei_018-_ver._simao.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OFICIALIZAÇÃO DE NOMECLATURA DA ALAMEDA "COSMO FERREIRA PINHEIRO" NA TRAVESSA DA AV. PERIMETRAL SUL, BAIRRO BEGOLÂNDIA, MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/94/pj_de_lei_019-_ver._simao.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/94/pj_de_lei_019-_ver._simao.compressed.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OFICIALIZAÇÃO DE NOMECLATURA DA ALAMEDA "LUIZ PAULO GOMES DA SILVA" NA 3ª TRAVESSA DA AV. PERIMETRAL SUL, BAIRRO BEGOLÂNDIA, MUNICÍPIO DE BENEVIDES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/85/pj_de_lei_020-2021__-_deivison_carvalho.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/85/pj_de_lei_020-2021__-_deivison_carvalho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NAS VIAS PÚBLICAS E NOS IMÓVEIS URBANOS DO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/105/pj_de_lei_024-_ver._deja.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/105/pj_de_lei_024-_ver._deja.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A OBRIGATORIEDADE DO ENSINO DE EDUCAÇÃO, NA REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>EDSON SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/106/pj_de_lei_025-2021__edson_santos.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/106/pj_de_lei_025-2021__edson_santos.compressed.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃOE COMBATE A ACIDENTES DOMÉSTICOS E COMUNITÁRIO ENVOLVENDO CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊCIAS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/107/pj_de_lei_026-2021__simao_vitalino.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/107/pj_de_lei_026-2021__simao_vitalino.compressed.pdf</t>
   </si>
   <si>
     <t>INSTITUIR NO MUNICÍPIO DE BENEVIDES, O CAMPEONATO MUNICIPAL DA 1ª E 2ª DIVISÃO DE FUTSAL, COMO PATRIMÔNIO CULTURAL DE NATUREZA IMATERIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/102/pj_de_lei_027-_pablo_ortega.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/102/pj_de_lei_027-_pablo_ortega.compressed.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE DISQUE DENÚNCIA DE MAUS TRATOS E ABANDONO DE ANIMAIS NO ÂMBITO DO MUNICÍPIO DE BENEVIDES.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>SANDRA CAMPANA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/103/pj_de_lei_028-_sandra_campana.compressed.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/103/pj_de_lei_028-_sandra_campana.compressed.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE COMPARECIMENTO ANUAL DO PREFEITA, À CÂMARA MUNICIPAL, PARA PRONUNCIAMENTO A RESPEITO DA SITUAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/108/pj_de_lei_031-_ver._deivison.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/108/pj_de_lei_031-_ver._deivison.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PALÁCIO MUNICIPAL OSMAR FRANÇA DO NASCIMENTO, A SEDE DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/170/anteprojeto_de_lei_006-2021_-_vereador_simao_pdf.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/170/anteprojeto_de_lei_006-2021_-_vereador_simao_pdf.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MERENDA NAS FÉRIAS, NO MUNICÍPIO DE BENEVIDES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/171/anteprojeto_de_lei_007-2021_-_violencia_contra_as_mulheres.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/171/anteprojeto_de_lei_007-2021_-_violencia_contra_as_mulheres.pdf</t>
   </si>
   <si>
     <t>CRIA O CENTRO DE REFERÊNCIA DE POLÍTICA DE ENFRENTAMENTO À VIOLÊNCIA CONTRA AS MULHERES, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/172/anteprojeto_de_lei_009-2021_-_pablo_ortega_-_estagiarios.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/172/anteprojeto_de_lei_009-2021_-_pablo_ortega_-_estagiarios.pdf</t>
   </si>
   <si>
     <t>DISPÕE E AUTORIZA A CONTRATAÇÃO PELO PODER PÚBLICO MUNICIPAL DE BENEVIDES ESTAGIÁRIOS EM PARCERIA COM INSTITUIÇÕES DE ENSINO E AGENTES DE INTEGRAÇÃO, ADEQUADO-SE AS NORMAS DA LEI FEDERAL 11.788 DE 25 DE SETEMBRO DE 2008 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2244,68 +2244,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_005-2021-_iluminacao_publica_comunidade_touro_bravo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/263/req._11-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/264/req._12-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/265/req._13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/266/req._14-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_015-2021-_limpeza_terraplanagem_e_iluminacao_geral_das_ruas_touro_bravo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_016-2021_limpeza_loteamento_nova_alianca.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_017-21_prot_17-21_recup_pass_projetada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_018-21_prot_18-21_recup_gen_gurjao_agrinesp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_019-21_prot_19-21_recup_ponte_do_casco.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_020-21_prot_20-21_lixo_na_est_taiassui.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/267/req._27-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_029-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_030-2021-_revitalizacao_da_praca_do_bairro_maguari_e_academia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_031-2021-_quadra_de_esporte_-_maguari.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_035-21_prot_37-21_recup_apolinario_mendes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/268/req._37-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_044-2021_limpeza_bairros_santa_emilia_e_santa_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/269/req._46-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_062-21_prot_68-21_posto_rss_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_063-21_prot_69-21_posto_taiassui.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_064-21_prot_70-21_posto_terceira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_066-21_prot_72-21_recup_nacoes_unidas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_068-2021-_manoel_monteiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_069-2021_passagem_constancia-_distrito_de_murinin.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_071-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_072-2021-posto_de_saude_-_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/271/req._78-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/272/req._79-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/273/req._80-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/274/req._81-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/275/req._82-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_087-21_prot_95-21_posto_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_088-21_prot_95-21_iluminacao_3_de_fevereiro_elcione_jrossy.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_089-21_prot_97-21_cx_dagua_maria_amelia_taiassui.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_090-21_prot_98-21_recup_ponte_taiassui.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/276/req._91-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/277/req._93-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_no_094_-_2021-_revitalizacao_da__praca_do_bairro_canutama_e_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_095_-_2021_-_bairro_madre_tereza_de_calcuta.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_096_-_2021-_quadra_de_esporte_-_bairro_canutama.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_106_-_2021_abastecimento_de_agua_-_bairro_madre_tereza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_107_-_2021_-__recuperacao_do_asfalto_da_avenida_nacoes_unidas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_117-21_prot_132-21_iluminacao_est_taiassui.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_118-21_prot_133-21_recup_ruas_com_renascer.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_120-2021-recuperacao_da_estrada_e_iluminacao_publica_do_meruocapelezinho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_no_121-2021_-_comunidade_jardim_das_oliveiras_benfica.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_122-2021_-__iluminacao_publica_e_limpeza_das_ruas_terceira_travessa_cupuacu.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/278/req._123-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_125-2021_ver._bitao_begot_-_servicos_bairro_luiz_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_130-2021_-_condominio_itacolomi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_137-2021_-_iluminacao_e_limpeza_da_rua_da_colonizacao_-_bairro_maguari.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_139_-2021_rua_julio_viveiros__bairro_das_flores_2.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_143-21_prot_169-21_prioridades_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_146-2021_rua_03_de_fevereiro_santos_dumont_2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_147-2021_rua_13_de_maiosanta_rosa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_154-2021_comunidade_divina_providencia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_155-2021_-_murinin_-_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_157-21_prot_186-21_sistema_de_agua_flores.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/279/req._162-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_174-2021-_comunidade_nova_esperanca_maguari.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_175-2021_-_travessa_girassol_comunidade_dorathy_stang.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_182-21_prot_213-21_lombada_tv_santo_andre.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/281/req._183-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/282/req._184-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/283/req._185-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_200-21_prot_235-21_sessao_solene_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_204-2021_praca_bambuluar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.docxrequerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/284/req._210-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/285/req._211-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/286/req._212-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_226-2021_requerimento_estrada_do_bituba.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/287/req._227-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/307/req._229-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/288/req._230-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/289/req._231-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/306/req._232-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_236-2021_limitrofes_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/290/req._240-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/291/req._241-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/292/req._242-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/293/req._243-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/294/req._244-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/295/req._251-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/296/req._252-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_260-2021-_microssistema_de_agua_canutama.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_261-2021_-_comunidade_cristo_rei.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/297/req._262-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/298/req._263-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_264-2021_-_revitalizacao_da_orla_de_taiassui.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/299/req._265-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/300/req._266-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/301/req._267-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/302/req._268-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/303/req._278-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_281-2021_-_continuacao_de_pavimentacao_na_passagem_silva_castro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_286-21_prot_367-21_recup_rua_jose_elias_e_rua_santa_fe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/305/req._287-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/308/req._288-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/309/req._289-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/310/req._294-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_298-21_prot_390-21_recup_av_perimetral_sul.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_299-21_prot_391-21_compra_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/311/req._301-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_302-2021_-_servicos_ruas_taparasanta_ana_e_jose_parana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_308-21_prot_402-21_recup_rua_miranda_mateus_tv_aecarvalho.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_309-21_prot_403-21_recup_rua_julio_viveiros.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/312/req._310-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/313/req._311-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_312-21_prot_406-21_posto_flores.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_322-2021_-_ver._bitao_begot_-__limpeza_terraplenagem_e_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/314/req._325-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_327-2021_monumneto_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_346-21_ver._deivison_carvalho_e_pablo_ortegaprot_452-21_adicional_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/315/req._356-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/316/req._360-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/317/req._361-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/318/req._362-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_370-21_prot_486-21_sessao_solene_professores_26-11.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_375-2021_-_limpeza_da_igreja_juriti_i_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento_376-2021-sinal_de_transito_rua_gomes_teles.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_394-21_prot_516-21_recup_ruas_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/319/req._403-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/320/req._404-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_001-2021_-_aterro_sanitario_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/12/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_016-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_017-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_019-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_020-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_024-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_028-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_030-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/33/pj_de_lei_003_-_simao_vitalino_e_edson_santos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/40/pj_de_lei_005_-_pablo_ortega.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/35/pj_de_lei_007_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/36/pj_de_lei_008_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/37/pj_de_lei_009_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/38/pj_de_lei_010_-_beibe_solon.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/39/pj_de_lei_011_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/41/pj_de_lei_013_-_pablo_ortega.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/42/pj_de_lei_015_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/43/pj_de_lei_016-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/44/pj_de_lei_017-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/45/pj_de_lei_018-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/94/pj_de_lei_019-_ver._simao.compressed.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/85/pj_de_lei_020-2021__-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/105/pj_de_lei_024-_ver._deja.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/106/pj_de_lei_025-2021__edson_santos.compressed.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/107/pj_de_lei_026-2021__simao_vitalino.compressed.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/102/pj_de_lei_027-_pablo_ortega.compressed.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/103/pj_de_lei_028-_sandra_campana.compressed.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/108/pj_de_lei_031-_ver._deivison.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/170/anteprojeto_de_lei_006-2021_-_vereador_simao_pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/171/anteprojeto_de_lei_007-2021_-_violencia_contra_as_mulheres.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/172/anteprojeto_de_lei_009-2021_-_pablo_ortega_-_estagiarios.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_005-2021-_iluminacao_publica_comunidade_touro_bravo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/263/req._11-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/264/req._12-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/265/req._13-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/266/req._14-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_015-2021-_limpeza_terraplanagem_e_iluminacao_geral_das_ruas_touro_bravo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_016-2021_limpeza_loteamento_nova_alianca.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_017-21_prot_17-21_recup_pass_projetada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_018-21_prot_18-21_recup_gen_gurjao_agrinesp.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_019-21_prot_19-21_recup_ponte_do_casco.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_020-21_prot_20-21_lixo_na_est_taiassui.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/267/req._27-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento_no_029-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento_no_030-2021-_revitalizacao_da_praca_do_bairro_maguari_e_academia.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento_no_031-2021-_quadra_de_esporte_-_maguari.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_035-21_prot_37-21_recup_apolinario_mendes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/268/req._37-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_044-2021_limpeza_bairros_santa_emilia_e_santa_lucia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/269/req._46-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_062-21_prot_68-21_posto_rss_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_063-21_prot_69-21_posto_taiassui.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_064-21_prot_70-21_posto_terceira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento_066-21_prot_72-21_recup_nacoes_unidas.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_068-2021-_manoel_monteiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_069-2021_passagem_constancia-_distrito_de_murinin.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento_no_071-2021-_terraplenagem_e_tubulacao_da_rua_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento_no_072-2021-posto_de_saude_-_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/271/req._78-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/272/req._79-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/273/req._80-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/274/req._81-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/275/req._82-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_087-21_prot_95-21_posto_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_088-21_prot_95-21_iluminacao_3_de_fevereiro_elcione_jrossy.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_089-21_prot_97-21_cx_dagua_maria_amelia_taiassui.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_090-21_prot_98-21_recup_ponte_taiassui.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/276/req._91-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/277/req._93-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento_no_094_-_2021-_revitalizacao_da__praca_do_bairro_canutama_e_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_095_-_2021_-_bairro_madre_tereza_de_calcuta.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_096_-_2021-_quadra_de_esporte_-_bairro_canutama.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_106_-_2021_abastecimento_de_agua_-_bairro_madre_tereza.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_107_-_2021_-__recuperacao_do_asfalto_da_avenida_nacoes_unidas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_117-21_prot_132-21_iluminacao_est_taiassui.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_118-21_prot_133-21_recup_ruas_com_renascer.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_no_120-2021-recuperacao_da_estrada_e_iluminacao_publica_do_meruocapelezinho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_no_121-2021_-_comunidade_jardim_das_oliveiras_benfica.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_122-2021_-__iluminacao_publica_e_limpeza_das_ruas_terceira_travessa_cupuacu.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/278/req._123-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_125-2021_ver._bitao_begot_-_servicos_bairro_luiz_gonzaga.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_130-2021_-_condominio_itacolomi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_137-2021_-_iluminacao_e_limpeza_da_rua_da_colonizacao_-_bairro_maguari.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_139_-2021_rua_julio_viveiros__bairro_das_flores_2.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_143-21_prot_169-21_prioridades_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/192/requerimento_146-2021_rua_03_de_fevereiro_santos_dumont_2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento_147-2021_rua_13_de_maiosanta_rosa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_154-2021_comunidade_divina_providencia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_155-2021_-_murinin_-_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_157-21_prot_186-21_sistema_de_agua_flores.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/279/req._162-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_174-2021-_comunidade_nova_esperanca_maguari.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_175-2021_-_travessa_girassol_comunidade_dorathy_stang.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_182-21_prot_213-21_lombada_tv_santo_andre.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/281/req._183-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/282/req._184-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/283/req._185-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_200-21_prot_235-21_sessao_solene_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_204-2021_praca_bambuluar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.docxrequerimento_205-2021_rua_luiz_prestetato_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/284/req._210-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/285/req._211-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/286/req._212-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_226-2021_requerimento_estrada_do_bituba.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/287/req._227-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/307/req._229-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/288/req._230-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/289/req._231-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/306/req._232-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_236-2021_limitrofes_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/290/req._240-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/291/req._241-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/292/req._242-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/293/req._243-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/294/req._244-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/295/req._251-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/296/req._252-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_n_260-2021-_microssistema_de_agua_canutama.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_261-2021_-_comunidade_cristo_rei.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/297/req._262-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/298/req._263-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_264-2021_-_revitalizacao_da_orla_de_taiassui.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/299/req._265-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/300/req._266-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/301/req._267-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/302/req._268-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/303/req._278-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_no_281-2021_-_continuacao_de_pavimentacao_na_passagem_silva_castro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_286-21_prot_367-21_recup_rua_jose_elias_e_rua_santa_fe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/305/req._287-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/308/req._288-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/309/req._289-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/310/req._294-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_298-21_prot_390-21_recup_av_perimetral_sul.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_299-21_prot_391-21_compra_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/311/req._301-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_302-2021_-_servicos_ruas_taparasanta_ana_e_jose_parana.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_308-21_prot_402-21_recup_rua_miranda_mateus_tv_aecarvalho.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_309-21_prot_403-21_recup_rua_julio_viveiros.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/312/req._310-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/313/req._311-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_312-21_prot_406-21_posto_flores.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_322-2021_-_ver._bitao_begot_-__limpeza_terraplenagem_e_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/314/req._325-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_327-2021_monumneto_na_praca_da_biblia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_346-21_ver._deivison_carvalho_e_pablo_ortegaprot_452-21_adicional_de_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/315/req._356-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/316/req._360-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/317/req._361-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/318/req._362-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_370-21_prot_486-21_sessao_solene_professores_26-11.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento_375-2021_-_limpeza_da_igreja_juriti_i_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento_376-2021-sinal_de_transito_rua_gomes_teles.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_394-21_prot_516-21_recup_ruas_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/319/req._403-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/320/req._404-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_001-2021_-_aterro_sanitario_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/5/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/6/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/7/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/8/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/9/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/10/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/11/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/12/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/13/projeto_de_lei_016-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_017-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_019-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_020-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_024-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_028-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_030-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/33/pj_de_lei_003_-_simao_vitalino_e_edson_santos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/40/pj_de_lei_005_-_pablo_ortega.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/35/pj_de_lei_007_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/36/pj_de_lei_008_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/37/pj_de_lei_009_-_fabiano_carvalho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/38/pj_de_lei_010_-_beibe_solon.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/39/pj_de_lei_011_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/41/pj_de_lei_013_-_pablo_ortega.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/42/pj_de_lei_015_-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/43/pj_de_lei_016-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/44/pj_de_lei_017-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/45/pj_de_lei_018-_ver._simao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/94/pj_de_lei_019-_ver._simao.compressed.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/85/pj_de_lei_020-2021__-_deivison_carvalho.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/105/pj_de_lei_024-_ver._deja.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/106/pj_de_lei_025-2021__edson_santos.compressed.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/107/pj_de_lei_026-2021__simao_vitalino.compressed.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/102/pj_de_lei_027-_pablo_ortega.compressed.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/103/pj_de_lei_028-_sandra_campana.compressed.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/108/pj_de_lei_031-_ver._deivison.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/170/anteprojeto_de_lei_006-2021_-_vereador_simao_pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/171/anteprojeto_de_lei_007-2021_-_violencia_contra_as_mulheres.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2021/172/anteprojeto_de_lei_009-2021_-_pablo_ortega_-_estagiarios.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="205.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="204.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>