--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DEJA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_004-_2022._ver_deja.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_004-_2022._ver_deja.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO OS SERVIÇOS DE LIMPEZA URBANA; ROÇAGEM E ABERTURA DE VALA; RETIRADA DE ENTULHOS; ILUMINAÇÃO PÚBLICA; CONCLUSÃO DE MICRO-SISTEMA DE ABASTECIMENTO DE ÁGUA, NAS RUAS BOA VISTA, PASSAGEM SANTA RITA, RUA 14 DE ABRIL, RUA 01 DE MAIO, RUA 07 DE SETEMBRO, RUA BOM JESUS, DA COMUNIDADE CHÁCARA MOSQUEIENSE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento_009-2022_-_ver_deja.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento_009-2022_-_ver_deja.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SOLICITE PARA QUE ULTIME PROVIDENCIAS PARA O FUNCIONAMENTO DE URGÊNCIA E EMERGÊNCIA NA UNIDADE DE SAÚDE DO DISTRITO DE BENFICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DR. LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento_010-2022_dr_luiz.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento_010-2022_dr_luiz.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE VIABILIZE O SERVIÇO DE "TAPA BURACO" DA ESTRADA DO MARATÁ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_011-2022-_dr_luiz.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_011-2022-_dr_luiz.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA VIABILIZADO O SERVIÇO DE COLOCAÇÃO DE 3 LUMINÁRIAS NA PASSAGEM UNIÃO, BAIRRO SANTA EMILIA, DISTRITO DE BENFICA.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>SIMÃO VITALINO, BEIBE SOLON, DEIVISON CARVALHO, DR. GUSTAVO, PABLO ORTEGA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_n_012-2022_ver_simao.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_n_012-2022_ver_simao.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE AUTORIZE A OBRA DE AMPLIAÇÃO DA ORLA DO TAIASSUI, COM PAISAGISMO, ACESSIBILIDADE, ILUMINAÇÃO, ESTRUTURA DE LAZER E CONSTRUÇÃO DE QUIOSQUES, PROPORCIONANDO MELHOR QUALIDADE DE VIDA ALÉ DE UMA OPÇÃO DE LAZER A POPULAÇÃO.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>SIMÃO VITALINO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_no_013-2021-_lombadas_tancredo_neves.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_no_013-2021-_lombadas_tancredo_neves.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE IMPLANTAÇÃO DE 5 LOMBADAS NA RUA TANCREDO NEVES, TRECHO COMPREENDIDO DA RUA JOÃO FANJAS E PERIMETRAL SUL, BAIRRO BEGOLÂNDIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>DR. GUSTAVO</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento_021_-_2022_-_dr_gustavo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento_021_-_2022_-_dr_gustavo.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REALIZE O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA SÃO FRANCISCO (PRÓXIMA A PRAÇA ONDE FICA A CAIXA D'ÁGUA EM SANTA MARIA DE BENFICA), HAJA VISTA QUE A VIA NÃO POSUUI NENHUMA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_no_023-2022-_reacapeamento_asfaltico_miranda_mateues_e_apolinario_mendes.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_no_023-2022-_reacapeamento_asfaltico_miranda_mateues_e_apolinario_mendes.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE SEJA EXECUTADO O SERVIÇO DE RECAPEAMENTO ASFALTICO DAS RUAS MIRANDA MATEUS E APOLINÁRIO MENDES, EM TODO SEU PERCURSO.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>SANDRA CAMPANA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_024-2022-_ver_sandra.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_024-2022-_ver_sandra.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE POSSA DESIGNAR O PRÉDIO DA ATUAL CÂMARA MUNICIPAL DE BENEVIDES PARA IMPLANTAR O CENTRO DE REFERÊNCIA DE ATENDIMENTO À MULHER, EM VIRTUDE DE ESTAR SENDO CONSTRUÍDO UM NOVO PRÉDIO PARA INSTALAR O PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_025-2022-_ver_sandra.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_025-2022-_ver_sandra.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE TOME ALGUMA MEDIDA PARA CUSTEAR DESPESA COM REGISTRO DOS TÍTULOS DE TERRA QUE ESTÃO SENDO E QUE FORAM DISTRIBUÍDOS E ENTREGUES PELA PREFEITURA E GOVERNO DO ESTADO, TAIS COMO: PROPOR UM CONVÊNIO COM O CARTÓRIO DE REGISTRO DE BENEVIDES OU INTERMEDIAR UM MELHOR VALOR DA DESPESA COM O REGISTRO.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/</t>
+    <t>http://sapl.benevides.pa.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE REQUERER NA FORMA REGIMENTAL, DEPOIS DE OUVIDO O PLENÁRIO, QUE SEJA OFICIADO A SENHORA PREFEITA MUNICIPAL, QUE FORNEÇA A CÓPIA INTEGRAL DOS PROCESSOS LICITATÓRIO ABAIXO RELACIONADOS: PRCESSO N° 002/2022 E PROCESSO N° 003/2022 E PROCESSO N° 009/2022.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>SIMÃO VITALINO, DR. GUSTAVO, EDSON SANTOS, SANDRA CAMPANA</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_no_030-2022_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_no_030-2022_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE JUNTO AO ÓRGÃO COMPETENTE, A POSSIBILIDADE PARA IMPLANTAÇÃO DE REDUTORES ELETRÔNICOS DE VELOCIDADE PARA 60KM NOS TRECHOS DA BR-316 ABAIXO DISCRIMINADO: BR-316 KM 21; BR-316 KM 22; BR-316 KM 23 E BR-316 KM 28.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_032_-_2022_-_dr_gustavo.pdf</t>
+    <t>http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_032_-_2022_-_dr_gustavo.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO, QUE O POSTO DE SAÚDE (PSF) DO BAIRRO DAS FLORES, POSSA ATENDER TAMBÉM NO LOCAL, O SERVIÇO DE ESPECIALIDADES ODONTOLÓGICAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,68 +567,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_004-_2022._ver_deja.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento_009-2022_-_ver_deja.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento_010-2022_dr_luiz.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_011-2022-_dr_luiz.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_n_012-2022_ver_simao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_no_013-2021-_lombadas_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento_021_-_2022_-_dr_gustavo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_no_023-2022-_reacapeamento_asfaltico_miranda_mateues_e_apolinario_mendes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_024-2022-_ver_sandra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_025-2022-_ver_sandra.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_no_030-2022_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_032_-_2022_-_dr_gustavo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento_004-_2022._ver_deja.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento_009-2022_-_ver_deja.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento_010-2022_dr_luiz.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento_011-2022-_dr_luiz.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/330/requerimento_n_012-2022_ver_simao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/331/requerimento_no_013-2021-_lombadas_tancredo_neves.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento_021_-_2022_-_dr_gustavo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/332/requerimento_no_023-2022-_reacapeamento_asfaltico_miranda_mateues_e_apolinario_mendes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento_024-2022-_ver_sandra.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento_025-2022-_ver_sandra.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/333/requerimento_no_030-2022_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.benevides.pa.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento_032_-_2022_-_dr_gustavo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>